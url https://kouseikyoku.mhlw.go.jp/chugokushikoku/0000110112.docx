--- v0 (2025-11-26)
+++ v1 (2026-02-09)
@@ -1,56 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml" PartName="/word/commentsExtended.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml" PartName="/word/commentsIds.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml" PartName="/word/glossary/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/glossary/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/glossary/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/glossary/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/glossary/webSettings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3D466A75" w14:textId="2BB3E303" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="0043027A">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="516EEC22" w14:textId="77777777" w:rsidR="0043027A" w:rsidRPr="00164E7E" w:rsidRDefault="0043027A" w:rsidP="0043027A">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
@@ -111,108 +116,111 @@
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B450668" w14:textId="77777777" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="0043027A">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6213A0EA" w14:textId="5FA40565" w:rsidR="0043027A" w:rsidRPr="00164E7E" w:rsidRDefault="00A2086B" w:rsidP="0043027A">
+    <w:p w14:paraId="6213A0EA" w14:textId="5FA40565" w:rsidR="0043027A" w:rsidRPr="00164E7E" w:rsidRDefault="003F7B7E" w:rsidP="0043027A">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+            <w:spacing w:val="2"/>
             <w:w w:val="44"/>
             <w:sz w:val="24"/>
             <w:fitText w:val="1944" w:id="-743779071"/>
           </w:rPr>
           <w:alias w:val="○○厚生局長"/>
           <w:tag w:val="○○厚生局長"/>
           <w:id w:val="1887600248"/>
           <w:placeholder>
             <w:docPart w:val="3494D76BDEF846D7BD10E1C6AA2C73C7"/>
           </w:placeholder>
           <w15:color w:val="FF0000"/>
           <w:dropDownList>
             <w:listItem w:displayText="管轄の厚生局長名を選択してください。" w:value="管轄の厚生局長名を選択してください。"/>
             <w:listItem w:displayText="北海道厚生局長" w:value="北海道厚生局長"/>
             <w:listItem w:displayText="東北厚生局長" w:value="東北厚生局長"/>
             <w:listItem w:displayText="関東信越厚生局長" w:value="関東信越厚生局長"/>
             <w:listItem w:displayText="東海北陸厚生局長" w:value="東海北陸厚生局長"/>
             <w:listItem w:displayText="近畿厚生局長" w:value="近畿厚生局長"/>
             <w:listItem w:displayText="中国四国厚生局長" w:value="中国四国厚生局長"/>
             <w:listItem w:displayText="四国厚生支局長" w:value="四国厚生支局長"/>
             <w:listItem w:displayText="九州厚生局長" w:value="九州厚生局長"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
+            <w:spacing w:val="0"/>
             <w:w w:val="100"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="001A2539" w:rsidRPr="00A2086B">
+          <w:r w:rsidR="001A2539" w:rsidRPr="001A2539">
             <w:rPr>
               <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+              <w:spacing w:val="2"/>
               <w:w w:val="44"/>
               <w:sz w:val="24"/>
               <w:fitText w:val="1944" w:id="-743779071"/>
             </w:rPr>
             <w:t>管轄の厚生局長名を選択してください</w:t>
           </w:r>
-          <w:r w:rsidR="001A2539" w:rsidRPr="00A2086B">
+          <w:r w:rsidR="001A2539" w:rsidRPr="001A2539">
             <w:rPr>
               <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
-              <w:spacing w:val="53"/>
+              <w:spacing w:val="-7"/>
               <w:w w:val="44"/>
               <w:sz w:val="24"/>
               <w:fitText w:val="1944" w:id="-743779071"/>
             </w:rPr>
             <w:t>。</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001A2539" w:rsidRPr="00FA5B68">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:commentRangeEnd w:id="0"/>
       <w:r w:rsidR="001A2539">
         <w:rPr>
           <w:rStyle w:val="af7"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidR="0043027A" w:rsidRPr="00164E7E">
         <w:rPr>
@@ -355,69 +363,85 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164E7E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>栄養士養成施設内容変更承認申請書</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250E8909" w14:textId="77777777" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="0043027A">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39ABE65A" w14:textId="77777777" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="00B33A69">
+    <w:p w14:paraId="39ABE65A" w14:textId="51408588" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="00B33A69">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:color w:val="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164E7E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">　標記について、栄養士法施行令第12条第１項の規定に基づき、別紙書類を添えて申請します。</w:t>
+        <w:t xml:space="preserve">　標記について、栄養士法施行令第1</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00164E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>条の規定に基づき、別紙書類を添えて申請します。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B0DA7F" w14:textId="77777777" w:rsidR="0043027A" w:rsidRDefault="0043027A" w:rsidP="00B33A69">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:color w:val="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:color w:val="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25BAFEC6" w14:textId="77777777" w:rsidR="0043027A" w:rsidRPr="00D80850" w:rsidRDefault="0043027A" w:rsidP="0043027A">
@@ -860,51 +884,51 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1637913694"/>
           <w:placeholder>
             <w:docPart w:val="6FFA5142022B4D7C83CE0E91919DB5ED"/>
           </w:placeholder>
           <w15:color w:val="FF0000"/>
           <w:dropDownList>
             <w:listItem w:value="アイテムを選択してください。"/>
             <w:listItem w:displayText="生徒の定員" w:value="生徒の定員"/>
             <w:listItem w:displayText="生徒の定員、同時に授業を行う生徒の数" w:value="生徒の定員、同時に授業を行う生徒の数"/>
             <w:listItem w:displayText="同時に授業を行う生徒の数" w:value="同時に授業を行う生徒の数"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008A35D0">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>生徒の定員</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="221625CB" w14:textId="6317EB59" w:rsidR="0043027A" w:rsidRPr="003D6EA6" w:rsidRDefault="00A2086B" w:rsidP="0043027A">
+    <w:p w14:paraId="221625CB" w14:textId="6317EB59" w:rsidR="0043027A" w:rsidRPr="003D6EA6" w:rsidRDefault="003F7B7E" w:rsidP="0043027A">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLineChars="2000" w:firstLine="4200"/>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-222211032"/>
           <w:placeholder>
             <w:docPart w:val="0E1EE804FA6A493BB57F2C849E72435E"/>
           </w:placeholder>
           <w15:color w:val="FF0000"/>
           <w:comboBox>
             <w:listItem w:value="アイテムを選択してください。"/>
             <w:listItem w:displayText="教育内容ごとの単位数及び履修方法" w:value="教育内容ごとの単位数及び履修方法"/>
             <w:listItem w:displayText=" " w:value="  "/>
             <w:listItem w:displayText="　" w:value="　"/>
           </w:comboBox>
         </w:sdtPr>
@@ -2083,52 +2107,52 @@
         <w:t>・校外実習の受入承諾書</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af7"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C38086" w14:textId="4517AB0A" w:rsidR="001712E6" w:rsidRPr="0043027A" w:rsidRDefault="001712E6" w:rsidP="008175C3">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
           <w:color w:val="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001712E6" w:rsidRPr="0043027A" w:rsidSect="00C91B3B">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1701" w:bottom="1021" w:left="1701" w:header="567" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="作成者" w:initials="A">
     <w:p w14:paraId="0D4405D7" w14:textId="77777777" w:rsidR="001A2539" w:rsidRDefault="001A2539" w:rsidP="001A2539">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:ind w:left="183"/>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af7"/>
         </w:rPr>
@@ -2358,71 +2382,80 @@
   <w15:commentEx w15:paraId="064F2F1D" w15:done="0"/>
   <w15:commentEx w15:paraId="2B9E6BD2" w15:done="0"/>
   <w15:commentEx w15:paraId="35DE1F6C" w15:done="0"/>
   <w15:commentEx w15:paraId="6814A2C0" w15:done="0"/>
   <w15:commentEx w15:paraId="4A12F731" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="0D4405D7" w16cid:durableId="2B61ACAD"/>
   <w16cid:commentId w16cid:paraId="3DB676B4" w16cid:durableId="2B056F5C"/>
   <w16cid:commentId w16cid:paraId="5F6FD2C6" w16cid:durableId="2B685FA1"/>
   <w16cid:commentId w16cid:paraId="2A0CF31E" w16cid:durableId="2B686011"/>
   <w16cid:commentId w16cid:paraId="064F2F1D" w16cid:durableId="2B686033"/>
   <w16cid:commentId w16cid:paraId="2B9E6BD2" w16cid:durableId="2B6968F1"/>
   <w16cid:commentId w16cid:paraId="35DE1F6C" w16cid:durableId="2AEF3321"/>
   <w16cid:commentId w16cid:paraId="6814A2C0" w16cid:durableId="2B68632A"/>
   <w16cid:commentId w16cid:paraId="4A12F731" w16cid:durableId="2B87BF53"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BE443A3" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
+    <w:p w14:paraId="469B9F7B" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19408BD9" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
+    <w:p w14:paraId="11FFCB7D" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5146E8D0" w14:textId="77777777" w:rsidR="003F7B7E" w:rsidRDefault="003F7B7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
@@ -2436,71 +2469,80 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34C5D43E" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
+    <w:p w14:paraId="4BD0BCD5" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6359C4C5" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
+    <w:p w14:paraId="0609DA3A" w14:textId="77777777" w:rsidR="00CB27FC" w:rsidRDefault="00CB27FC" w:rsidP="00B33A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7FE72AB4" w14:textId="77777777" w:rsidR="003F7B7E" w:rsidRDefault="003F7B7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="353F1AF3" w14:textId="6CA3781B" w:rsidR="00B33A69" w:rsidRPr="00B33A69" w:rsidRDefault="00B33A69" w:rsidP="00B33A69">
     <w:pPr>
       <w:widowControl/>
       <w:overflowPunct/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3595,120 +3637,124 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1416897613">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="631667994">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1538228044">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="740713296">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="158429759">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1136725049">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0043027A"/>
+    <w:rsid w:val="000271AA"/>
     <w:rsid w:val="00132322"/>
     <w:rsid w:val="001712E6"/>
     <w:rsid w:val="001770D7"/>
     <w:rsid w:val="001A2539"/>
     <w:rsid w:val="002603D1"/>
     <w:rsid w:val="002B71E3"/>
-    <w:rsid w:val="002F7824"/>
     <w:rsid w:val="003162DD"/>
     <w:rsid w:val="00330B37"/>
+    <w:rsid w:val="003430E7"/>
+    <w:rsid w:val="003F7B7E"/>
     <w:rsid w:val="0043027A"/>
     <w:rsid w:val="004E4891"/>
     <w:rsid w:val="005C2721"/>
+    <w:rsid w:val="00621007"/>
     <w:rsid w:val="0064290C"/>
     <w:rsid w:val="006F4FB4"/>
     <w:rsid w:val="00716CCE"/>
     <w:rsid w:val="008175C3"/>
     <w:rsid w:val="0089096F"/>
     <w:rsid w:val="00895D75"/>
     <w:rsid w:val="008A35D0"/>
     <w:rsid w:val="008A6490"/>
     <w:rsid w:val="00905D44"/>
-    <w:rsid w:val="00A2086B"/>
     <w:rsid w:val="00A253B5"/>
     <w:rsid w:val="00A4436C"/>
     <w:rsid w:val="00B33A69"/>
     <w:rsid w:val="00B94A21"/>
     <w:rsid w:val="00C91B3B"/>
     <w:rsid w:val="00CB27FC"/>
-    <w:rsid w:val="00CD6C05"/>
     <w:rsid w:val="00CE5F33"/>
+    <w:rsid w:val="00DA72F0"/>
     <w:rsid w:val="00F03222"/>
     <w:rsid w:val="00FE7E2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -4502,51 +4548,51 @@
     <w:qFormat/>
     <w:rsid w:val="0043027A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="ＭＳ 明朝" w:hAnsi="Times New Roman" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="commentsIds.xml" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds"/><Relationship Id="rId11" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId12" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId13" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId14" Target="glossary/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument"/><Relationship Id="rId15" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId5" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId6" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId7" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId8" Target="comments.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId9" Target="commentsExtended.xml" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId11" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId12" Target="comments.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId13" Target="commentsExtended.xml" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended"/><Relationship Id="rId14" Target="commentsIds.xml" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds"/><Relationship Id="rId15" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId16" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId17" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId18" Target="glossary/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument"/><Relationship Id="rId19" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId5" Target="../customXml/item5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId6" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId7" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId8" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId9" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6FFA5142022B4D7C83CE0E91919DB5ED"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5ED0AE85-8AE9-4619-A447-F2A458F796C7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B847BC" w:rsidRDefault="00B847BC" w:rsidP="00B847BC">
@@ -4707,51 +4753,51 @@
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B847BC"/>
     <w:rsid w:val="00295E9C"/>
-    <w:rsid w:val="002F7824"/>
+    <w:rsid w:val="00621007"/>
     <w:rsid w:val="00976B7F"/>
     <w:rsid w:val="00B847BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5476,72 +5522,619 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010059C977BEFDB9DD409D3DFDA3337710F3" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="9674ca5bf271d4ff4629c93190a7786c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ff4537b62db3a991b8e2f1e4b503c863" ns2:_="" ns3:_="">
+    <xsd:import namespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+    <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Owner" ma:index="8" nillable="true" ma:displayName="所有者" ma:internalName="Owner">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0347f584-7be2-4218-8e94-402d99aedf0b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="263dbbe5-076b-4606-a03b-9598f5f2f35a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0c71cc32-78ec-4eb1-af97-0a77db499fd6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="263dbbe5-076b-4606-a03b-9598f5f2f35a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Owner xmlns="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010059C977BEFDB9DD409D3DFDA3337710F3" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="4f09856d82407cedb7e466bab40da60a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e71b0242e1dc98e826e0514305c4cd1" ns2:_="" ns3:_="">
+    <xsd:import namespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+    <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Owner" ma:index="8" nillable="true" ma:displayName="所有者" ma:internalName="Owner">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0347f584-7be2-4218-8e94-402d99aedf0b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="263dbbe5-076b-4606-a03b-9598f5f2f35a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0c71cc32-78ec-4eb1-af97-0a77db499fd6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="263dbbe5-076b-4606-a03b-9598f5f2f35a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B10EDEF-A861-4913-995D-C8606B365AA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62663671-BFD8-4D97-86FA-706E8DF340C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21683B9D-5C0A-43DF-A199-BE6C85B5D6F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8B99D69-34CF-416F-955E-44D2CA980365}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="862a9f94-a16f-40b6-a26e-f4acf96b7fe2"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBD9A1AC-E611-436F-B745-4517985F0821}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>3</Pages>
-  <Words>120</Words>
-  <Characters>684</Characters>
+  <Words>119</Words>
+  <Characters>682</Characters>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>803</CharactersWithSpaces>
+  <CharactersWithSpaces>800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010059C977BEFDB9DD409D3DFDA3337710F3</vt:lpwstr>
+  </property>
+</Properties>
+</file>