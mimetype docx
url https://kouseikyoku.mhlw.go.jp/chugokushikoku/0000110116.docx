--- v0 (2025-11-26)
+++ v1 (2026-02-09)
@@ -1,125 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml" PartName="/word/commentsExtended.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml" PartName="/word/commentsIds.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml" PartName="/word/glossary/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/glossary/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/glossary/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/glossary/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/glossary/webSettings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3C96E56F" w14:textId="77777777" w:rsidR="002C4867" w:rsidRDefault="002C4867" w:rsidP="004766BF">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B290582" w14:textId="77777777" w:rsidR="002C4867" w:rsidRDefault="002C4867" w:rsidP="002C4867">
       <w:pPr>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CA1F4B5" w14:textId="03ECB6AF" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="002C4867">
       <w:pPr>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r w:rsidRPr="0015100A">
+      <w:r w:rsidRPr="00E62619">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:spacing w:val="75"/>
+          <w:spacing w:val="88"/>
           <w:sz w:val="24"/>
           <w:fitText w:val="2736" w:id="-1686494962"/>
         </w:rPr>
-        <w:t>○○発○第○号</w:t>
+        <w:t>○○発○第○</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62619">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:fitText w:val="2736" w:id="-1686494962"/>
+        </w:rPr>
+        <w:t>号</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3599EC" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r w:rsidRPr="0015100A">
+      <w:r w:rsidRPr="00E62619">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:spacing w:val="45"/>
+          <w:spacing w:val="57"/>
           <w:sz w:val="24"/>
           <w:fitText w:val="2724" w:id="-1686494961"/>
         </w:rPr>
         <w:t>令和○年</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015100A">
+      <w:r w:rsidRPr="00E62619">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:spacing w:val="45"/>
+          <w:spacing w:val="57"/>
           <w:sz w:val="24"/>
           <w:fitText w:val="2724" w:id="-1686494961"/>
         </w:rPr>
         <w:t>○月○</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015100A">
+      <w:r w:rsidRPr="00E62619">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:spacing w:val="82"/>
+          <w:spacing w:val="3"/>
           <w:sz w:val="24"/>
           <w:fitText w:val="2724" w:id="-1686494961"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5EC83B" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF"/>
     <w:p w14:paraId="42343C93" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF"/>
     <w:p w14:paraId="6904B5A2" w14:textId="3A91EA34" w:rsidR="004766BF" w:rsidRDefault="004567D6" w:rsidP="004766BF">
       <w:pPr>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="46"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -132,63 +144,63 @@
           <w:alias w:val="○○厚生局長"/>
           <w:tag w:val="○○厚生局長"/>
           <w:id w:val="1887600248"/>
           <w:placeholder>
             <w:docPart w:val="69367A8BA4C646BDA625E45659F93EDD"/>
           </w:placeholder>
           <w15:color w:val="FF0000"/>
           <w:dropDownList>
             <w:listItem w:displayText="管轄の厚生局長名を選択してください。" w:value="管轄の厚生局長名を選択してください。"/>
             <w:listItem w:displayText="北海道厚生局長" w:value="北海道厚生局長"/>
             <w:listItem w:displayText="東北厚生局長" w:value="東北厚生局長"/>
             <w:listItem w:displayText="関東信越厚生局長" w:value="関東信越厚生局長"/>
             <w:listItem w:displayText="東海北陸厚生局長" w:value="東海北陸厚生局長"/>
             <w:listItem w:displayText="近畿厚生局長" w:value="近畿厚生局長"/>
             <w:listItem w:displayText="中国四国厚生局長" w:value="中国四国厚生局長"/>
             <w:listItem w:displayText="四国厚生支局長" w:value="四国厚生支局長"/>
             <w:listItem w:displayText="九州厚生局長" w:value="九州厚生局長"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:w w:val="100"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="0015100A">
+          <w:r w:rsidRPr="00E62619">
             <w:rPr>
               <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
               <w:w w:val="44"/>
               <w:sz w:val="24"/>
               <w:fitText w:val="1944" w:id="-874754048"/>
             </w:rPr>
             <w:t>管轄の厚生局長名を選択してください</w:t>
           </w:r>
-          <w:r w:rsidRPr="0015100A">
+          <w:r w:rsidRPr="00E62619">
             <w:rPr>
               <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
-              <w:spacing w:val="53"/>
+              <w:spacing w:val="26"/>
               <w:w w:val="44"/>
               <w:sz w:val="24"/>
               <w:fitText w:val="1944" w:id="-874754048"/>
             </w:rPr>
             <w:t>。</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FA5B68">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:commentRangeEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff7"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidR="004766BF">
         <w:rPr>
@@ -290,73 +302,81 @@
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFAC997" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:spacing w:line="339" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="46"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F146EB0" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE71EB1" w14:textId="56CAA79C" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
+    <w:p w14:paraId="6DE71EB1" w14:textId="219FB394" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:spacing w:line="339" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>栄養士法施行令第</w:t>
       </w:r>
       <w:r w:rsidR="00281041" w:rsidRPr="00FF7413">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>13</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62619">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>条の規定に基づく届出</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56915473" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2061AC33" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E17F3FF" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
@@ -403,52 +423,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EFC0527" w14:textId="77777777" w:rsidR="004766BF" w:rsidRDefault="004766BF" w:rsidP="004766BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5392B7A5" w14:textId="77777777" w:rsidR="001712E6" w:rsidRPr="00D175CB" w:rsidRDefault="001712E6" w:rsidP="00FF7413">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001712E6" w:rsidRPr="00D175CB" w:rsidSect="00827792">
-      <w:footerReference w:type="default" r:id="rId11"/>
-      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="-850" w:right="1701" w:bottom="1134" w:left="1701" w:header="1134" w:footer="882" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:type="linesAndChars" w:linePitch="309" w:charSpace="532"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="作成者" w:initials="A">
     <w:p w14:paraId="36DAB008" w14:textId="77777777" w:rsidR="004567D6" w:rsidRDefault="004567D6" w:rsidP="004567D6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1085,125 +1105,124 @@
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007869CB"/>
     <w:rsid w:val="000251E1"/>
     <w:rsid w:val="000707C2"/>
     <w:rsid w:val="000A066B"/>
     <w:rsid w:val="000A2A0F"/>
     <w:rsid w:val="000A3F77"/>
     <w:rsid w:val="000B4365"/>
     <w:rsid w:val="000B50BC"/>
     <w:rsid w:val="000C1371"/>
     <w:rsid w:val="000D5831"/>
     <w:rsid w:val="000D5980"/>
     <w:rsid w:val="000F08E3"/>
-    <w:rsid w:val="000F5F61"/>
     <w:rsid w:val="00117F17"/>
     <w:rsid w:val="00120C6E"/>
-    <w:rsid w:val="0015100A"/>
     <w:rsid w:val="00162233"/>
     <w:rsid w:val="001712E6"/>
     <w:rsid w:val="00193170"/>
     <w:rsid w:val="001D0EBB"/>
     <w:rsid w:val="001E5705"/>
     <w:rsid w:val="001F474A"/>
     <w:rsid w:val="002050B1"/>
     <w:rsid w:val="002058E3"/>
     <w:rsid w:val="00211A96"/>
     <w:rsid w:val="00213CFC"/>
     <w:rsid w:val="0022211E"/>
     <w:rsid w:val="00235A12"/>
     <w:rsid w:val="002430E0"/>
     <w:rsid w:val="00245B31"/>
     <w:rsid w:val="00281041"/>
     <w:rsid w:val="002826C0"/>
     <w:rsid w:val="00283AC1"/>
     <w:rsid w:val="002A5F71"/>
     <w:rsid w:val="002C4867"/>
     <w:rsid w:val="002D23F0"/>
     <w:rsid w:val="002F7E90"/>
     <w:rsid w:val="00316233"/>
     <w:rsid w:val="0032237B"/>
     <w:rsid w:val="00322DCA"/>
     <w:rsid w:val="00333120"/>
     <w:rsid w:val="00341F12"/>
+    <w:rsid w:val="00350337"/>
     <w:rsid w:val="00361858"/>
     <w:rsid w:val="003738AA"/>
     <w:rsid w:val="00377D4C"/>
     <w:rsid w:val="00397703"/>
     <w:rsid w:val="003A158B"/>
     <w:rsid w:val="003B3EC6"/>
     <w:rsid w:val="003B6BF1"/>
     <w:rsid w:val="003C0388"/>
     <w:rsid w:val="003F242C"/>
     <w:rsid w:val="00401918"/>
-    <w:rsid w:val="004321BB"/>
     <w:rsid w:val="004325E7"/>
     <w:rsid w:val="00433EB9"/>
     <w:rsid w:val="00444FD7"/>
     <w:rsid w:val="00445DDF"/>
     <w:rsid w:val="00451EAB"/>
     <w:rsid w:val="004567D6"/>
     <w:rsid w:val="0046220F"/>
     <w:rsid w:val="004674BC"/>
     <w:rsid w:val="004766BF"/>
     <w:rsid w:val="00490CB1"/>
     <w:rsid w:val="004A2EBA"/>
     <w:rsid w:val="004B08CA"/>
     <w:rsid w:val="004B11D1"/>
     <w:rsid w:val="004B31AF"/>
     <w:rsid w:val="004C04A3"/>
     <w:rsid w:val="004C5F6D"/>
     <w:rsid w:val="004D1993"/>
     <w:rsid w:val="005014E7"/>
     <w:rsid w:val="00516F0C"/>
     <w:rsid w:val="00522A8E"/>
     <w:rsid w:val="0053339C"/>
     <w:rsid w:val="00540273"/>
     <w:rsid w:val="005606C6"/>
     <w:rsid w:val="00566E38"/>
     <w:rsid w:val="00567476"/>
     <w:rsid w:val="00567D3F"/>
     <w:rsid w:val="0057599A"/>
     <w:rsid w:val="00582BA5"/>
     <w:rsid w:val="005A0183"/>
     <w:rsid w:val="005A07F3"/>
     <w:rsid w:val="005A6FD9"/>
     <w:rsid w:val="005D05DE"/>
     <w:rsid w:val="005F5F7A"/>
     <w:rsid w:val="006157B2"/>
+    <w:rsid w:val="00621007"/>
     <w:rsid w:val="0062644C"/>
     <w:rsid w:val="006312CA"/>
     <w:rsid w:val="00650389"/>
     <w:rsid w:val="00653B92"/>
     <w:rsid w:val="0066746F"/>
     <w:rsid w:val="00696434"/>
     <w:rsid w:val="006B2873"/>
     <w:rsid w:val="006B5412"/>
     <w:rsid w:val="006C0A7B"/>
     <w:rsid w:val="006D213D"/>
     <w:rsid w:val="006D7892"/>
     <w:rsid w:val="00703450"/>
     <w:rsid w:val="00707C6E"/>
     <w:rsid w:val="007316A9"/>
     <w:rsid w:val="0074736D"/>
     <w:rsid w:val="00751107"/>
     <w:rsid w:val="0075411B"/>
     <w:rsid w:val="00760F43"/>
     <w:rsid w:val="00766EEC"/>
     <w:rsid w:val="007869CB"/>
     <w:rsid w:val="00787703"/>
     <w:rsid w:val="00792BC0"/>
     <w:rsid w:val="007931E2"/>
     <w:rsid w:val="007A2B6A"/>
     <w:rsid w:val="007C186B"/>
@@ -1305,50 +1324,51 @@
     <w:rsid w:val="00CE5F33"/>
     <w:rsid w:val="00CF126D"/>
     <w:rsid w:val="00D11C9B"/>
     <w:rsid w:val="00D1454C"/>
     <w:rsid w:val="00D15C52"/>
     <w:rsid w:val="00D175CB"/>
     <w:rsid w:val="00D5144E"/>
     <w:rsid w:val="00D53E41"/>
     <w:rsid w:val="00D6742D"/>
     <w:rsid w:val="00D73AD1"/>
     <w:rsid w:val="00D823D8"/>
     <w:rsid w:val="00D90764"/>
     <w:rsid w:val="00D94FEF"/>
     <w:rsid w:val="00DA2C05"/>
     <w:rsid w:val="00DB6B76"/>
     <w:rsid w:val="00DB7258"/>
     <w:rsid w:val="00DB7BBA"/>
     <w:rsid w:val="00DC0349"/>
     <w:rsid w:val="00DC367C"/>
     <w:rsid w:val="00DC6F3D"/>
     <w:rsid w:val="00DE286E"/>
     <w:rsid w:val="00E113FF"/>
     <w:rsid w:val="00E3072E"/>
     <w:rsid w:val="00E41BF8"/>
     <w:rsid w:val="00E439D6"/>
+    <w:rsid w:val="00E62619"/>
     <w:rsid w:val="00E67DE9"/>
     <w:rsid w:val="00E91421"/>
     <w:rsid w:val="00E97218"/>
     <w:rsid w:val="00EA2CC7"/>
     <w:rsid w:val="00EC0487"/>
     <w:rsid w:val="00EC0B9F"/>
     <w:rsid w:val="00EC244B"/>
     <w:rsid w:val="00EC6117"/>
     <w:rsid w:val="00F0481E"/>
     <w:rsid w:val="00F05113"/>
     <w:rsid w:val="00F101D7"/>
     <w:rsid w:val="00F26838"/>
     <w:rsid w:val="00F34367"/>
     <w:rsid w:val="00F55D3E"/>
     <w:rsid w:val="00F72F65"/>
     <w:rsid w:val="00FA48CC"/>
     <w:rsid w:val="00FA58FE"/>
     <w:rsid w:val="00FA7A98"/>
     <w:rsid w:val="00FB4A81"/>
     <w:rsid w:val="00FC56A8"/>
     <w:rsid w:val="00FD1F5E"/>
     <w:rsid w:val="00FD25FD"/>
     <w:rsid w:val="00FE57C7"/>
     <w:rsid w:val="00FF2130"/>
     <w:rsid w:val="00FF7413"/>
@@ -3593,51 +3613,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="240141702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="commentsIds.xml" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds"/><Relationship Id="rId11" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId12" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId13" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId14" Target="glossary/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument"/><Relationship Id="rId15" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId5" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId6" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId7" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId8" Target="comments.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId9" Target="commentsExtended.xml" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId11" Target="comments.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId12" Target="commentsExtended.xml" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended"/><Relationship Id="rId13" Target="commentsIds.xml" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds"/><Relationship Id="rId14" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId15" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId16" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId17" Target="glossary/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument"/><Relationship Id="rId18" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId5" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId6" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId7" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId8" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId9" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="69367A8BA4C646BDA625E45659F93EDD"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91309530-3C3B-4FD7-BD35-E8153DC1C501}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00AF3785" w:rsidRDefault="00AF3785" w:rsidP="00AF3785">
@@ -3732,51 +3752,51 @@
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF3785"/>
-    <w:rsid w:val="004321BB"/>
+    <w:rsid w:val="00621007"/>
     <w:rsid w:val="00AF3785"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -4476,72 +4496,370 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010059C977BEFDB9DD409D3DFDA3337710F3" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="4f09856d82407cedb7e466bab40da60a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e71b0242e1dc98e826e0514305c4cd1" ns2:_="" ns3:_="">
+    <xsd:import namespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+    <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Owner" ma:index="8" nillable="true" ma:displayName="所有者" ma:internalName="Owner">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0347f584-7be2-4218-8e94-402d99aedf0b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="263dbbe5-076b-4606-a03b-9598f5f2f35a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0c71cc32-78ec-4eb1-af97-0a77db499fd6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="263dbbe5-076b-4606-a03b-9598f5f2f35a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Owner xmlns="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF8E2D2-53DD-44D2-9266-EEB8A4BC7AD6}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F294D37-05EB-4E0C-A145-E207F7A1BC7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A94870D-0437-44B0-BCA5-AAB59F69CE17}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="862a9f94-a16f-40b6-a26e-f4acf96b7fe2"/>
+    <ds:schemaRef ds:uri="bfefe6d1-1a1f-4ecc-9acd-a553c6f6f8c3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0756C6BC-CD20-4ACE-9F9C-480A1BC7A9D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>1</Pages>
   <Words>22</Words>
   <Characters>130</Characters>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010059C977BEFDB9DD409D3DFDA3337710F3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>