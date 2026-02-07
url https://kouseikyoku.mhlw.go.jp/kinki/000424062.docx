--- v0 (2026-01-10)
+++ v1 (2026-02-07)
@@ -1,2539 +1,5025 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0F231689" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="006C04CC"/>
-    <w:p w14:paraId="0F23168A" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="006C04CC" w:rsidP="002E4D13">
+    <w:p w14:paraId="4A733F17" w14:textId="77777777" w:rsidR="00A317ED" w:rsidRPr="004443F5" w:rsidRDefault="00AB2CE2" w:rsidP="00171550">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...3 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07308820" wp14:editId="6BE2EE11">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-288417</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-412115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1297305" cy="722630"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="正方形/長方形 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1297305" cy="722630"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="69036563" w14:textId="77777777" w:rsidR="00AB2CE2" w:rsidRPr="0036475C" w:rsidRDefault="00AB2CE2" w:rsidP="00AB2CE2">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0036475C">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>様式第</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0036475C">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>１号</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="07308820" id="正方形/長方形 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-22.7pt;margin-top:-32.45pt;width:102.15pt;height:56.9pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/MOxScwIAAEEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+24X2tQpwhadBhQ&#10;tEXboWdFlmoDsqhRSuzs14+SHadrix2G5eBQIvlIPT3q/KJvDdso9A3Yks8Ocs6UlVA19qXkP56u&#10;v3zlzAdhK2HAqpJvlecXi8+fzjs3VwXUYCqFjECsn3eu5HUIbp5lXtaqFf4AnLLk1ICtCLTEl6xC&#10;0RF6a7Iiz0+yDrByCFJ5T7tXg5MvEr7WSoY7rb0KzJScegvpi+m7it9scS7mLyhc3cixDfEPXbSi&#10;sVR0groSQbA1Nu+g2kYieNDhQEKbgdaNVOkMdJpZ/uY0j7VwKp2FyPFuosn/P1h5u3l090g0dM7P&#10;PZnxFL3GNv5Tf6xPZG0nslQfmKTNWXF2epgfcybJd1oUJ4eJzWyf7dCHbwpaFo2SI11G4khsbnyg&#10;ihS6C4nFLFw3xqQLMfaPDQqMO9m+xWSFrVExztgHpVlTUVNFKpDUoy4Nso2gexdSKhtmg6sWlRq2&#10;j3P6RQEQ/JSRVgkwImtqaMIeAaIy32MPMGN8TFVJfFNy/rfGhuQpI1UGG6bktrGAHwEYOtVYeYjf&#10;kTRQE1kK/aqnkGiuoNreI0MYpsA7ed3QzdwIH+4FkuxpQGiUwx19tIGu5DBanNWAvz7aj/GkRvJy&#10;1tEYldz/XAtUnJnvlnR6Njs6inOXFkfHpwUt8LVn9dpj1+0l0I3N6NFwMpkxPpidqRHaZ5r4ZaxK&#10;LmEl1S65DLhbXIZhvOnNkGq5TGE0a06EG/voZASPBEflPfXPAt0oz0DCvoXdyIn5G5UOsTHTwnId&#10;QDdJwnteR+ppTpOGxjclPgSv1ylq//ItfgMAAP//AwBQSwMEFAAGAAgAAAAhAHo4WkzeAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNy2FJRNW9d0qhAg7ciKhLiljWkLjVM1&#10;Wdf9e7wTnPwsPz1/L9vPrhcTjqHzpOFhmYBAqr3tqNHwXr4sNiBCNGRN7wk1XDDAPr+9yUxq/Zne&#10;cDrGRnAIhdRoaGMcUilD3aIzYekHJL59+dGZyOvYSDuaM4e7Xj4myVo60xF/aM2ATy3WP8eT0xCq&#10;6VBehuLj+zPUVfFMrlSHV63v7+ZiByLiHP/McMVndMiZqfInskH0GhZqpdjKYq22IK6O1YZFpUHx&#10;lHkm/1fIfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/MOxScwIAAEEFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6OFpM3gAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" stroked="f" strokeweight="2pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="69036563" w14:textId="77777777" w:rsidR="00AB2CE2" w:rsidRPr="0036475C" w:rsidRDefault="00AB2CE2" w:rsidP="00AB2CE2">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0036475C">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>様式第</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0036475C">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>１号</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="001A4987">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:u w:val="single"/>
-          <w:fitText w:val="3440" w:id="-669217024"/>
-[...23 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
-      <w:r w:rsidR="006C04CC" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="001A4987" w:rsidRPr="004443F5">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+        <w:t>審</w:t>
       </w:r>
-      <w:r w:rsidR="00511246" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="001D1634" w:rsidRPr="004443F5">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>令和</w:t>
+        <w:t xml:space="preserve">　査　請　求　書</w:t>
       </w:r>
-      <w:r w:rsidR="006C04CC" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="001A4987">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...112 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F231692" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="006C04CC"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B15DCF">
+    <w:p w14:paraId="42483FFB" w14:textId="77777777" w:rsidR="001D1634" w:rsidRPr="004B2930" w:rsidRDefault="008F4B28" w:rsidP="009B46FA">
+      <w:pPr>
+        <w:wordWrap w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="163" w:line="280" w:lineRule="exact"/>
+        <w:ind w:rightChars="100" w:right="227"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2930">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidR="00604F50" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="00AF34CD" w:rsidRPr="004B2930">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...187 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　</w:t>
       </w:r>
-      <w:r w:rsidR="008F6AA8" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="006B5509" w:rsidRPr="004B2930">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="00AF34CD" w:rsidRPr="004B2930">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...45 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="006B5509" w:rsidRPr="004B2930">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　）</w:t>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF34CD" w:rsidRPr="004B2930">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1634" w:rsidRPr="004B2930">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F23169B" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="006C04CC"/>
-    <w:p w14:paraId="0F23169C" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="00DB40A9" w:rsidP="00BE2129">
+    <w:p w14:paraId="68CB45DD" w14:textId="77777777" w:rsidR="001D1634" w:rsidRDefault="00EB23E7" w:rsidP="00EB23E7">
       <w:pPr>
-        <w:ind w:firstLineChars="100" w:firstLine="164"/>
+        <w:ind w:firstLineChars="100" w:firstLine="207"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>次</w:t>
+        <w:t>近畿</w:t>
       </w:r>
-      <w:r w:rsidR="006C04CC" w:rsidRPr="00B15DCF">
+      <w:r w:rsidR="00FD692C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>のとおり、審査請求をします。</w:t>
+        <w:t>厚生局社会保険審査官　様</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59442CA4" w14:textId="77777777" w:rsidR="00262724" w:rsidRDefault="00262724" w:rsidP="00832D24">
+      <w:pPr>
+        <w:spacing w:line="160" w:lineRule="exact"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="7206" w:type="dxa"/>
+        <w:tblInd w:w="2497" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1642"/>
+        <w:gridCol w:w="4487"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EC377A" w14:paraId="5C4EE956" w14:textId="77777777" w:rsidTr="00C64CDD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27716500" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>請求人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443C672C" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>住</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>所又は居所</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>〒</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>－</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="4CEDB595" w14:textId="77777777" w:rsidTr="00C64CDD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5A66BA" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5923C948" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="0000491B" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="144"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="-1543841020"/>
+              </w:rPr>
+              <w:t>所在</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="-1543841020"/>
+              </w:rPr>
+              <w:t>地</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 　 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C64CDD" w14:paraId="6E4735DF" w14:textId="77777777" w:rsidTr="00C64CDD">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565BFA95" w14:textId="77777777" w:rsidR="00C64CDD" w:rsidRPr="002360B8" w:rsidRDefault="00C64CDD" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A8FDB9" w14:textId="77777777" w:rsidR="00C64CDD" w:rsidRPr="002360B8" w:rsidRDefault="00C64CDD" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>氏名又は名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1A62A5" w14:textId="77777777" w:rsidR="000104CA" w:rsidRPr="0000491B" w:rsidRDefault="000104CA" w:rsidP="00C64CDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="07A8802C" w14:textId="77777777" w:rsidTr="00C64CDD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEA9570" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E73B30C" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="004B2930">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">電　</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2930" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　話</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（ 　　　　 ）　　　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="000104CA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>番</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="2AA92BBC" w14:textId="77777777" w:rsidTr="00C64CDD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6649BCEC" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>代理人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E198A1" w14:textId="6985E684" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>住所又は居所</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>〒</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>－</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="002360B8" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="23CD4566" w14:textId="77777777" w:rsidTr="00650AFB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FF9D92" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="074CAE74" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="0000491B" w:rsidRDefault="00EC377A" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="144"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="-1497627392"/>
+              </w:rPr>
+              <w:t>所在</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="-1497627392"/>
+              </w:rPr>
+              <w:t>地</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 　 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="15BF24DC" w14:textId="77777777" w:rsidTr="00650AFB">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EC28CF" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E63D01" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="0000491B" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">氏　　　　名　　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="41AB7DDB" w14:textId="77777777" w:rsidTr="00650AFB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F5C910" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502F4D0B" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="004B2930">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">電　</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2930" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　話</w:t>
+            </w:r>
+            <w:r w:rsidR="004C6FCE" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="004C6FCE" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　 （ 　　　　 ）　　　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="000104CA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="004C6FCE" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>番</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC377A" w14:paraId="1248C55E" w14:textId="77777777" w:rsidTr="00650AFB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0812BF" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC42193" w14:textId="77777777" w:rsidR="00EC377A" w:rsidRPr="002360B8" w:rsidRDefault="00EC377A" w:rsidP="004C6FCE">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>請求人との関係</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2930" w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidR="004C6FCE" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CC86D23" w14:textId="77777777" w:rsidR="00CC7586" w:rsidRPr="005B3446" w:rsidRDefault="00B85303" w:rsidP="00B85303">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3446">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>次のとおり、審査請求をします。</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="9761" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="992"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2016"/>
+        <w:gridCol w:w="1372"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="1026"/>
+        <w:gridCol w:w="2270"/>
+        <w:gridCol w:w="3632"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B15DCF" w:rsidRPr="00B15DCF" w14:paraId="0F2316A1" w14:textId="77777777" w:rsidTr="00604F50">
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="3F6E897A" w14:textId="77777777" w:rsidTr="005E13A9">
         <w:trPr>
-          <w:trHeight w:val="515"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...17 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000F7DDC" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="00F209F4" w:rsidRDefault="00D154B5" w:rsidP="00F209F4">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑴</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5BFF7D" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="25"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669216000"/>
-[...5 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133182"/>
+              </w:rPr>
+              <w:t>被保険</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="2"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669216000"/>
-[...6 lines deleted...]
-                <w:spacing w:val="30"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133182"/>
+              </w:rPr>
+              <w:t>者</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D6562CE" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="25"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669216000"/>
-[...53 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133183"/>
+              </w:rPr>
+              <w:t>もしく</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133183"/>
+              </w:rPr>
+              <w:t>は</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358C852D" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="25"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133184"/>
+              </w:rPr>
+              <w:t>被保険</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133184"/>
+              </w:rPr>
+              <w:t>者</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADDF16D" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>であった者</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F83D9E2" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00EC377A">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E47EF">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>住所</w:t>
+            </w:r>
+            <w:r w:rsidR="003E47EF">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>又は居所</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="604A9388" w14:textId="5667047C" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="002360B8" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002360B8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>〒</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>－</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280ABFD8" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15DCF" w:rsidRPr="00B15DCF" w14:paraId="0F2316A8" w14:textId="77777777" w:rsidTr="00912879">
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="39F5A960" w14:textId="77777777" w:rsidTr="005E13A9">
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...9 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E9CD627" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00B85303">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31D05EED" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ふりがな</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D66BE3" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="0EBE7561" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="206F8D69" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="006C6AA9">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7290BE32" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="401"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-                <w:spacing w:val="19"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382017"/>
+              </w:rPr>
+              <w:t>氏</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="16"/>
-[...30 lines deleted...]
-                <w:fitText w:val="1148" w:id="-669215999"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382017"/>
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4504" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2016" w:type="dxa"/>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DD8830" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA5D8D" w:rsidRPr="005B3446" w14:paraId="2CC6231E" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...19 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA9B8D8" w14:textId="77777777" w:rsidR="00CA5D8D" w:rsidRPr="005B3446" w:rsidRDefault="00CA5D8D" w:rsidP="00B85303">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79250F8E" w14:textId="77777777" w:rsidR="00CA5D8D" w:rsidRPr="005B3446" w:rsidRDefault="00CA5D8D" w:rsidP="0005342D">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:spacing w:val="60"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215998"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382018"/>
               </w:rPr>
               <w:t>生年月</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B15DCF">
-[...2 lines deleted...]
-                <w:spacing w:val="30"/>
+            <w:r w:rsidRPr="000A01AB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="1"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215998"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382018"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4504" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...43 lines deleted...]
-            <w:tcW w:w="2016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD2B9AB" w14:textId="77777777" w:rsidR="00CA5D8D" w:rsidRPr="0000491B" w:rsidRDefault="00CA5D8D" w:rsidP="00AC2B98">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大正　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC2B98" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>昭和　　平成</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38298AFF" w14:textId="77777777" w:rsidR="00CA5D8D" w:rsidRPr="0000491B" w:rsidRDefault="0008571F" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00272329" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5D8D" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00272329" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00F939D7" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5D8D" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="00272329" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00272329" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00F939D7" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5D8D" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日 生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="19E623A8" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="0F2316AD" w14:textId="77777777" w:rsidR="00FD31B7" w:rsidRPr="00B15DCF" w:rsidRDefault="00FD31B7"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="483DFE81" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="006C2E5A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D597515" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="007B0CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7E29">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:w w:val="94"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382020"/>
+              </w:rPr>
+              <w:t>記号及び番号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BED4E6B" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15DCF" w:rsidRPr="00B15DCF" w14:paraId="0F2316B3" w14:textId="77777777" w:rsidTr="00604F50">
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="329B8CA9" w14:textId="77777777" w:rsidTr="00A11995">
         <w:trPr>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...326 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2B422" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00B85303">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F5367E" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="002B52DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B52DD">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:spacing w:val="60"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215740"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382272"/>
+              </w:rPr>
+              <w:t>事業所</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B52DD">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382272"/>
+              </w:rPr>
+              <w:t>名</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B387E2D" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="002B52DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="18"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382273"/>
+              </w:rPr>
+              <w:t>及び所在</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382273"/>
+              </w:rPr>
+              <w:t>地</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="214D6EAC" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00D154B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>電話　　　　　（　　　　　）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="3ED25E0A" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146FF083" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="00F209F4" w:rsidRDefault="00D154B5" w:rsidP="00F209F4">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑵</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256A7F26" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>給付を受け</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019C9912" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270C97">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="26"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133439"/>
+              </w:rPr>
+              <w:t>るベき</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00270C97">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1455133439"/>
+              </w:rPr>
+              <w:t>者</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA8E6DB" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E47EF">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>住所</w:t>
+            </w:r>
+            <w:r w:rsidR="003E47EF">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>又は居所</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DAD5CEA" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="26EF4849" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="276E8817" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00B85303">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5667A7C1" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ふりがな</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="619B894D" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="04E1A77E" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B4CEEB" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="007A5172">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6772E243" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="401"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382275"/>
+              </w:rPr>
+              <w:t>氏</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382275"/>
+              </w:rPr>
+              <w:t>名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5F1CD3" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004942EE" w:rsidRPr="005B3446" w14:paraId="32AC39E9" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FE34245" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="005B3446" w:rsidRDefault="004942EE" w:rsidP="004942EE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C72456E" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="005B3446" w:rsidRDefault="004942EE" w:rsidP="004942EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="60"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382276"/>
               </w:rPr>
               <w:t>生年月</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B15DCF">
-[...2 lines deleted...]
-                <w:spacing w:val="30"/>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="1"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215740"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382276"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4504" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DE6A2C" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="0000491B" w:rsidRDefault="00F939D7" w:rsidP="004942EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>大正　　昭和　　平成</w:t>
+            </w:r>
+            <w:r w:rsidR="00311945" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　令和</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9BF254" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="0000491B" w:rsidRDefault="004942EE" w:rsidP="004942EE">
+            <w:pPr>
+              <w:ind w:rightChars="100" w:right="227"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">年　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00F939D7" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">月　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00F939D7" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日 生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="22386938" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14367EBB" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="007A5172">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A892AB" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="00DF620E" w:rsidRDefault="00D154B5" w:rsidP="004443F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:w w:val="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF620E">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:w w:val="80"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>死亡者との続柄</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="230F6F95" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D154B5" w:rsidRPr="005B3446" w14:paraId="04538135" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692944C2" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="00F209F4" w:rsidRDefault="00D154B5" w:rsidP="00EA1B09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑶</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3FC840" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>原処分者</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF2302A" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="005B3446" w:rsidRDefault="00D154B5" w:rsidP="00C50BA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="146"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382278"/>
+              </w:rPr>
+              <w:t>所在</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="-1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1242" w:id="1535382278"/>
+              </w:rPr>
+              <w:t>地</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722EB144" w14:textId="77777777" w:rsidR="00D154B5" w:rsidRPr="0000491B" w:rsidRDefault="00D154B5" w:rsidP="008F786E">
+            <w:pPr>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C25352" w:rsidRPr="005B3446" w14:paraId="5DD43FD0" w14:textId="77777777" w:rsidTr="002B52DD">
+        <w:trPr>
+          <w:trHeight w:val="2211"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12907957" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="00F209F4" w:rsidRDefault="00C25352" w:rsidP="00F209F4">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8BC317" w14:textId="77777777" w:rsidR="002B52DD" w:rsidRDefault="002B52DD" w:rsidP="002B52DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>保険者等の</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC823F2" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="00C50BA7" w:rsidRDefault="00C25352" w:rsidP="002B52DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B52DD">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="297"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1410664960"/>
+              </w:rPr>
+              <w:t>名</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B52DD">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1035" w:id="-1410664960"/>
+              </w:rPr>
+              <w:t>称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6928" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5817C58B" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="0000491B" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1B13">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">※　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>該当番号に○をつけてください</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23023C0A" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="0000491B" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>１　厚生労働大臣</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C61D9B" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="0000491B" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>２　日本年金機構理事長（</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>事務所名：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00E643AD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　  </w:t>
+            </w:r>
+            <w:r w:rsidR="00302D08" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766A9235" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="0000491B" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>３　全国健康保険協会</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>支部長</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>支部名：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E643AD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="00E12B0E" w:rsidRPr="00B15DCF">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidR="00E643AD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7177DF5B" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="0000491B" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>４　健康保険組合理事長</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（組合名：　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E643AD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E643AD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="0029782D" w:rsidRPr="00B15DCF">
-[...15 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidR="00FD692C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC099AD" w14:textId="77777777" w:rsidR="00C25352" w:rsidRPr="009F1B13" w:rsidRDefault="00C25352" w:rsidP="009F1B13">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="100" w:left="227"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">５　その他（　　　　　　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="004942EE" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="00E12B0E" w:rsidRPr="00B15DCF">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidR="00302D08" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B15DCF">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C3F06" w:rsidRPr="005B3446" w14:paraId="1A1FFA9C" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3859" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A0F0B8" w14:textId="77777777" w:rsidR="006C3F06" w:rsidRPr="0038713F" w:rsidRDefault="006C3F06" w:rsidP="006C3F06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>原処分があった</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ことを</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>知った日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5902" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633F9ABC" w14:textId="77777777" w:rsidR="006C3F06" w:rsidRPr="0038713F" w:rsidRDefault="006C3F06" w:rsidP="008F786E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>令和</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2016" w:type="dxa"/>
+            <w:r w:rsidR="00AF34CD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF34CD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF34CD" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0CB7" w:rsidRPr="005B3446" w14:paraId="7B50DDBE" w14:textId="77777777" w:rsidTr="0026631F">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9761" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DE041E" w14:textId="77777777" w:rsidR="007B0CB7" w:rsidRPr="007B0CB7" w:rsidRDefault="007B0CB7" w:rsidP="008F786E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B0CB7">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>※</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B46891">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 請求人が法人であるときは、代表者の資格を証する書面（登記事項証明等）を添付してください。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0005342D" w:rsidRPr="005B3446" w14:paraId="38518BD7" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="5129"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6857C2F9" w14:textId="77777777" w:rsidR="00F209F4" w:rsidRPr="00F209F4" w:rsidRDefault="00F209F4" w:rsidP="00EA1B09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>⑸</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DFBB87" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="005B3446" w:rsidRDefault="0005342D" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>審査請求</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6729E130" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="005B3446" w:rsidRDefault="0005342D" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270C97">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:spacing w:val="42"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="828" w:id="-1455133440"/>
+              </w:rPr>
+              <w:t>の趣</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00270C97">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="828" w:id="-1455133440"/>
+              </w:rPr>
+              <w:t>旨</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB0E2A7" w14:textId="77777777" w:rsidR="00EA1B09" w:rsidRPr="005B3446" w:rsidRDefault="0005342D" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>及び理由</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8389" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38F3EFF1" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>【不服の内容（どのような処分を受けたのですか）】</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0148D123" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="618BE45C" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EC4838D" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F78D44" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="001F7E77" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>【審査請求でどのような決定を望みますか】</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF349C3" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="0000491B" w:rsidRDefault="004942EE" w:rsidP="003D1CBD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5261926F" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="0005342D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12FFF756" w14:textId="77777777" w:rsidR="0088196B" w:rsidRPr="0000491B" w:rsidRDefault="0088196B" w:rsidP="0005342D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="043B88F1" w14:textId="77777777" w:rsidR="0005342D" w:rsidRPr="0000491B" w:rsidRDefault="0005342D" w:rsidP="0005342D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B012624" w14:textId="77777777" w:rsidR="004942EE" w:rsidRPr="0000491B" w:rsidRDefault="004942EE" w:rsidP="009B2072">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="762133CD" w14:textId="77777777" w:rsidR="009B2072" w:rsidRPr="0000491B" w:rsidRDefault="009B2072" w:rsidP="009B2072">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72CD4212" w14:textId="77777777" w:rsidR="009B2072" w:rsidRPr="0000491B" w:rsidRDefault="009B2072" w:rsidP="009B2072">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="476C9D75" w14:textId="77777777" w:rsidR="009B2072" w:rsidRPr="0000491B" w:rsidRDefault="009B2072" w:rsidP="009B2072">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CE16127" w14:textId="77777777" w:rsidR="009B2072" w:rsidRPr="0000491B" w:rsidRDefault="009B2072" w:rsidP="009B2072">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D58F23A" w14:textId="77777777" w:rsidR="009B2072" w:rsidRPr="0000491B" w:rsidRDefault="009B2072" w:rsidP="00825C06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF34CD" w:rsidRPr="005B3446" w14:paraId="7C3A4614" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6E78BF" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="00F209F4" w:rsidRDefault="00AF34CD" w:rsidP="00FC2D6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑹</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481AEF5C" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRDefault="00AF34CD" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>添付資料</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5D6A32" w14:textId="77777777" w:rsidR="001F7E77" w:rsidRPr="005B3446" w:rsidRDefault="001F7E77" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>〔任意〕</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8389" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFEED6" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="0000491B" w:rsidRDefault="00AF34CD" w:rsidP="00B871A6">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">１　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF34CD" w:rsidRPr="005B3446" w14:paraId="0EF870F8" w14:textId="77777777" w:rsidTr="005E13A9">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="0F2316CA" w14:textId="77777777" w:rsidR="00FD31B7" w:rsidRPr="00B15DCF" w:rsidRDefault="00FD31B7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="629F7243" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="00F209F4" w:rsidRDefault="00AF34CD" w:rsidP="00FC2D6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8389" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19EF5E11" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="0000491B" w:rsidRDefault="00AF34CD" w:rsidP="00B871A6">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">２　</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15DCF" w:rsidRPr="00B15DCF" w14:paraId="0F2316D0" w14:textId="77777777" w:rsidTr="00E12B0E">
+      <w:tr w:rsidR="00AF34CD" w:rsidRPr="005B3446" w14:paraId="3F19FE7B" w14:textId="77777777" w:rsidTr="005E13A9">
         <w:trPr>
-          <w:trHeight w:val="545"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:w w:val="91"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1295CF" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="00F209F4" w:rsidRDefault="00AF34CD" w:rsidP="00FC2D6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8389" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="200A1D7D" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="0000491B" w:rsidRDefault="00AF34CD" w:rsidP="00B871A6">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">３　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004443F5" w:rsidRPr="005B3446" w14:paraId="24845470" w14:textId="77777777" w:rsidTr="00A11995">
+        <w:trPr>
+          <w:trHeight w:val="2553"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="634485C1" w14:textId="77777777" w:rsidR="00F209F4" w:rsidRPr="00F209F4" w:rsidRDefault="00F209F4" w:rsidP="00EA1B09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F209F4">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>⑺</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56CC2B7B" w14:textId="77777777" w:rsidR="00EA1B09" w:rsidRPr="005B3446" w:rsidRDefault="004443F5" w:rsidP="001F7E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3446">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>委任状</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8389" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ACFCE0" w14:textId="77777777" w:rsidR="004443F5" w:rsidRPr="0000491B" w:rsidRDefault="004443F5" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215488"/>
-[...6 lines deleted...]
-                <w:w w:val="91"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>この審査請求については</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3E1C" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215488"/>
-[...7 lines deleted...]
-                <w:w w:val="91"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>（代理人氏名）</w:t>
+            </w:r>
+            <w:r w:rsidR="003526F8" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215488"/>
-[...53 lines deleted...]
-                <w:spacing w:val="152"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62546" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00934025" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00934025" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>を</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146E0C7F" w14:textId="77777777" w:rsidR="001D7D81" w:rsidRPr="0000491B" w:rsidRDefault="001D7D81" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="100" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CE225FF" w14:textId="77777777" w:rsidR="003526F8" w:rsidRPr="0000491B" w:rsidRDefault="004443F5" w:rsidP="00A84DD4">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215487"/>
-[...5 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
-                <w:fitText w:val="1148" w:id="-669215487"/>
-[...298 lines deleted...]
-                <w:fitText w:val="2132" w:id="-669215231"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>私の代理人にいたします。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD89AE0" w14:textId="77777777" w:rsidR="001D7D81" w:rsidRPr="0000491B" w:rsidRDefault="001D7D81" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="100" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12BA6B27" w14:textId="77777777" w:rsidR="004443F5" w:rsidRPr="0000491B" w:rsidRDefault="004443F5" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="1100" w:firstLine="2274"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>審査請求人氏名</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5555B" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5555B" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00023476" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5555B" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00023476" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5555B" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="dotted"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00765741" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00765741" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidR="003526F8" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14AD80AD" w14:textId="77777777" w:rsidR="001D7D81" w:rsidRPr="0000491B" w:rsidRDefault="001D7D81" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F2E2797" w14:textId="77777777" w:rsidR="004443F5" w:rsidRPr="0000491B" w:rsidRDefault="001D7D81" w:rsidP="001D7D81">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="100" w:firstLine="207"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">令和 </w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="ＭＳ 明朝" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">年 </w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="ＭＳ 明朝" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">月 </w:t>
+            </w:r>
+            <w:r w:rsidR="009B46FA" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Meiryo UI" w:eastAsia="Meiryo UI" w:hAnsi="Meiryo UI" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="ＭＳ 明朝" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...353 lines deleted...]
-          <w:p w14:paraId="0F2316FD" w14:textId="77777777" w:rsidR="00C356B8" w:rsidRPr="00B15DCF" w:rsidRDefault="00C356B8"/>
+          <w:p w14:paraId="08B1B549" w14:textId="77777777" w:rsidR="004443F5" w:rsidRPr="005B3446" w:rsidRDefault="00EB23E7" w:rsidP="00B871A6">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="200" w:firstLine="414"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>近畿</w:t>
+            </w:r>
+            <w:r w:rsidR="00B871A6" w:rsidRPr="0000491B">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>厚生局社会保険審査官　様</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F2316FF" w14:textId="77777777" w:rsidR="006C04CC" w:rsidRPr="00B15DCF" w:rsidRDefault="006C04CC"/>
-    <w:p w14:paraId="0F231700" w14:textId="1B457636" w:rsidR="000A6C42" w:rsidRPr="00B15DCF" w:rsidRDefault="000A6C42" w:rsidP="008F6AA8">
+    <w:p w14:paraId="03A818E5" w14:textId="77777777" w:rsidR="00C23376" w:rsidRDefault="00C23376" w:rsidP="00297F9F">
       <w:pPr>
-        <w:ind w:left="656" w:hangingChars="400" w:hanging="656"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B15DCF">
+    </w:p>
+    <w:p w14:paraId="62CFB240" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRPr="00B46891" w:rsidRDefault="001C5892" w:rsidP="007818A6">
+      <w:pPr>
+        <w:spacing w:line="380" w:lineRule="exact"/>
+        <w:ind w:leftChars="14" w:left="32" w:rightChars="100" w:right="227"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>注意　１．代理人が審査請求をするときは、代理人の住所</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F6AA8" w:rsidRPr="00B15DCF">
+      </w:pPr>
+      <w:r w:rsidRPr="00B46891">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>又は居所</w:t>
-[...5 lines deleted...]
-        <w:t>、氏名等を記載するとともに「委任状」欄にも記入してください。</w:t>
+        <w:t>【注意事項】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F231701" w14:textId="64A8E806" w:rsidR="000A6C42" w:rsidRPr="00B15DCF" w:rsidRDefault="000A6C42" w:rsidP="00BE2129">
+    <w:p w14:paraId="54F62FC5" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRDefault="001C5892" w:rsidP="007818A6">
       <w:pPr>
-        <w:ind w:left="656" w:hangingChars="400" w:hanging="656"/>
+        <w:spacing w:line="380" w:lineRule="exact"/>
+        <w:ind w:leftChars="100" w:left="434" w:hangingChars="100" w:hanging="207"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　２．この審査請求は、</w:t>
+        <w:t>１　代理人が審査請求するときは、代理人の住所又は居所、氏名等を記入</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756EFF">
+      <w:r w:rsidRPr="005B3446">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>あなた</w:t>
+        <w:t>するとともに</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00756EFF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>が</w:t>
+        <w:t>、⑺の</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00756EFF">
+      <w:r w:rsidRPr="005B3446">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>原処分</w:t>
-[...78 lines deleted...]
-        <w:t>さい。</w:t>
+        <w:t>「委任状」欄にも記入してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48603859" w14:textId="6D8DC411" w:rsidR="00196254" w:rsidRPr="00D67EC7" w:rsidRDefault="00BE2129" w:rsidP="00756EFF">
+    <w:p w14:paraId="03936F56" w14:textId="77777777" w:rsidR="00AF34CD" w:rsidRDefault="001C5892" w:rsidP="00B75288">
       <w:pPr>
-        <w:ind w:left="656" w:hangingChars="400" w:hanging="656"/>
+        <w:spacing w:line="380" w:lineRule="exact"/>
+        <w:ind w:leftChars="100" w:left="434" w:hangingChars="100" w:hanging="207"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B15DCF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　３．</w:t>
+        <w:t xml:space="preserve">２　</w:t>
       </w:r>
-      <w:r w:rsidR="003B6D0D" w:rsidRPr="00756EFF">
+      <w:r w:rsidRPr="005B3446">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>この審査請求</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>書</w:t>
+      </w:r>
+      <w:r w:rsidR="00812736">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>は、あなたが原処分があったことを知った日の翌日から起算して</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>３</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3446">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>月以内に社会保険審査官（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>近畿</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3446">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>厚生局内）に送付しないと、特別な事情がない限り審査を</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75288">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>することができません</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3446">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>審査請求が遅れた正当な理由</w:t>
+      </w:r>
+      <w:r w:rsidR="00D154B5">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>（特別な事情）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>がある場合は、⑸の「審査請求の趣旨及び理由」欄に</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7E77">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>その理由を</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>記載してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A22F6C1" w14:textId="770D9E99" w:rsidR="001C5892" w:rsidRDefault="001C5892" w:rsidP="007818A6">
+      <w:pPr>
+        <w:spacing w:line="380" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="100" w:firstLine="207"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">３　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>原処分者から送付された</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756EFF">
+      <w:r w:rsidRPr="001F7E77">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>処分の決定通知書（写）を添付してください</w:t>
+        <w:t>処分の決定通知書（写）を添付</w:t>
       </w:r>
-      <w:r w:rsidR="00D87065" w:rsidRPr="002C0850">
+      <w:r w:rsidRPr="00AB2CE2">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>（</w:t>
-[...47 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE697D4" w14:textId="0B8F4A1E" w:rsidR="00CE0B5F" w:rsidRPr="00D67EC7" w:rsidRDefault="00196254" w:rsidP="00196254">
+    <w:p w14:paraId="0FFA0F7A" w14:textId="0542C310" w:rsidR="00B227BB" w:rsidRPr="00100DD2" w:rsidRDefault="00AF34CD" w:rsidP="00875311">
       <w:pPr>
-        <w:ind w:firstLineChars="500" w:firstLine="821"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="380" w:lineRule="exact"/>
+        <w:ind w:rightChars="100" w:right="227" w:firstLineChars="300" w:firstLine="620"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D67EC7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00CE0B5F" w:rsidRPr="00D67EC7">
+      <w:r w:rsidRPr="00AF34CD">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>処分の決定通知書の裏面に記載がある場合は、両面とも添付</w:t>
+        <w:t>≪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D67EC7">
+      <w:r w:rsidR="001C5892">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>をしてください。</w:t>
+        <w:t>処分</w:t>
+      </w:r>
+      <w:r w:rsidR="00D154B5">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>の決定通知書の裏面に</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5892">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>記載がある場合は、</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5892" w:rsidRPr="00AF34CD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>両面とも添付が必要</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5892">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>です。</w:t>
+      </w:r>
+      <w:r w:rsidR="00D154B5">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≫</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F231703" w14:textId="4CF63AB5" w:rsidR="000A6C42" w:rsidRPr="002C0850" w:rsidRDefault="0015516A">
-[...27 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00B227BB" w:rsidRPr="00100DD2" w:rsidSect="00C64CDD">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
-      <w:noEndnote/>
-      <w:docGrid w:type="linesAndChars" w:linePitch="248" w:charSpace="-3256"/>
+      <w:docGrid w:type="linesAndChars" w:linePitch="326" w:charSpace="-2713"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FFD8849" w14:textId="77777777" w:rsidR="00E542DF" w:rsidRDefault="00E542DF" w:rsidP="000574DC">
+    <w:p w14:paraId="1697E455" w14:textId="77777777" w:rsidR="007840E1" w:rsidRDefault="007840E1" w:rsidP="00B11BB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C7BBFE" w14:textId="77777777" w:rsidR="00E542DF" w:rsidRDefault="00E542DF" w:rsidP="000574DC">
+    <w:p w14:paraId="35B0D2B1" w14:textId="77777777" w:rsidR="007840E1" w:rsidRDefault="007840E1" w:rsidP="00B11BB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ 明朝">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="ＭＳ ゴシック">
+    <w:altName w:val="MS Gothic"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ ゴシック">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="MS Mincho"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Meiryo UI">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FFFF" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A5DBFA2" w14:textId="77777777" w:rsidR="00E542DF" w:rsidRDefault="00E542DF" w:rsidP="000574DC">
+    <w:p w14:paraId="2D6147F1" w14:textId="77777777" w:rsidR="007840E1" w:rsidRDefault="007840E1" w:rsidP="00B11BB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75218D8C" w14:textId="77777777" w:rsidR="00E542DF" w:rsidRDefault="00E542DF" w:rsidP="000574DC">
+    <w:p w14:paraId="2D105FDB" w14:textId="77777777" w:rsidR="007840E1" w:rsidRDefault="007840E1" w:rsidP="00B11BB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
-  <w:drawingGridHorizontalSpacing w:val="82"/>
-  <w:drawingGridVerticalSpacing w:val="124"/>
+  <w:drawingGridHorizontalSpacing w:val="227"/>
+  <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006C04CC"/>
-[...103 lines deleted...]
-    <w:rsid w:val="00FD5E59"/>
+    <w:rsidRoot w:val="001D1634"/>
+    <w:rsid w:val="0000491B"/>
+    <w:rsid w:val="000104CA"/>
+    <w:rsid w:val="0002043F"/>
+    <w:rsid w:val="00023476"/>
+    <w:rsid w:val="00027219"/>
+    <w:rsid w:val="00033B5C"/>
+    <w:rsid w:val="0003686E"/>
+    <w:rsid w:val="0005342D"/>
+    <w:rsid w:val="000716EE"/>
+    <w:rsid w:val="00074FDA"/>
+    <w:rsid w:val="0008571F"/>
+    <w:rsid w:val="000906BA"/>
+    <w:rsid w:val="00091E53"/>
+    <w:rsid w:val="00095E7C"/>
+    <w:rsid w:val="000A01AB"/>
+    <w:rsid w:val="000A7DA9"/>
+    <w:rsid w:val="000B26BE"/>
+    <w:rsid w:val="000B79F7"/>
+    <w:rsid w:val="000C3942"/>
+    <w:rsid w:val="00100DD2"/>
+    <w:rsid w:val="00101A31"/>
+    <w:rsid w:val="001311DB"/>
+    <w:rsid w:val="00133B46"/>
+    <w:rsid w:val="00143E5A"/>
+    <w:rsid w:val="00145057"/>
+    <w:rsid w:val="00153A29"/>
+    <w:rsid w:val="00161831"/>
+    <w:rsid w:val="00171550"/>
+    <w:rsid w:val="00194DBD"/>
+    <w:rsid w:val="00197C0B"/>
+    <w:rsid w:val="001A0255"/>
+    <w:rsid w:val="001A241C"/>
+    <w:rsid w:val="001A4987"/>
+    <w:rsid w:val="001A4E91"/>
+    <w:rsid w:val="001B2324"/>
+    <w:rsid w:val="001B3369"/>
+    <w:rsid w:val="001C5892"/>
+    <w:rsid w:val="001D1634"/>
+    <w:rsid w:val="001D6356"/>
+    <w:rsid w:val="001D7D81"/>
+    <w:rsid w:val="001F7E77"/>
+    <w:rsid w:val="002045B6"/>
+    <w:rsid w:val="00213824"/>
+    <w:rsid w:val="00214575"/>
+    <w:rsid w:val="00215E79"/>
+    <w:rsid w:val="0022270C"/>
+    <w:rsid w:val="00222D3B"/>
+    <w:rsid w:val="002241A4"/>
+    <w:rsid w:val="00225485"/>
+    <w:rsid w:val="002360B8"/>
+    <w:rsid w:val="00241BF6"/>
+    <w:rsid w:val="00242C96"/>
+    <w:rsid w:val="00244574"/>
+    <w:rsid w:val="00253D70"/>
+    <w:rsid w:val="00262724"/>
+    <w:rsid w:val="0026631F"/>
+    <w:rsid w:val="00270C97"/>
+    <w:rsid w:val="00272329"/>
+    <w:rsid w:val="00275316"/>
+    <w:rsid w:val="00275BA5"/>
+    <w:rsid w:val="00283DBB"/>
+    <w:rsid w:val="00283DFB"/>
+    <w:rsid w:val="00285211"/>
+    <w:rsid w:val="00297F9F"/>
+    <w:rsid w:val="002B52DD"/>
+    <w:rsid w:val="002C23F3"/>
+    <w:rsid w:val="002C5181"/>
+    <w:rsid w:val="002C5370"/>
+    <w:rsid w:val="002D6D28"/>
+    <w:rsid w:val="002F67C3"/>
+    <w:rsid w:val="00302D08"/>
+    <w:rsid w:val="00311945"/>
+    <w:rsid w:val="003230FF"/>
+    <w:rsid w:val="00341EDF"/>
+    <w:rsid w:val="0034566F"/>
+    <w:rsid w:val="00345917"/>
+    <w:rsid w:val="003526F8"/>
+    <w:rsid w:val="0036475C"/>
+    <w:rsid w:val="003658AE"/>
+    <w:rsid w:val="00366190"/>
+    <w:rsid w:val="00377F77"/>
+    <w:rsid w:val="0038713F"/>
+    <w:rsid w:val="00391F32"/>
+    <w:rsid w:val="0039227D"/>
+    <w:rsid w:val="00392A46"/>
+    <w:rsid w:val="00392B7D"/>
+    <w:rsid w:val="00392F3E"/>
+    <w:rsid w:val="003A2326"/>
+    <w:rsid w:val="003A3E1C"/>
+    <w:rsid w:val="003C0928"/>
+    <w:rsid w:val="003C3605"/>
+    <w:rsid w:val="003D1541"/>
+    <w:rsid w:val="003D1CBD"/>
+    <w:rsid w:val="003E47EF"/>
+    <w:rsid w:val="003E65E0"/>
+    <w:rsid w:val="003F1969"/>
+    <w:rsid w:val="003F4E7E"/>
+    <w:rsid w:val="00415084"/>
+    <w:rsid w:val="004155E1"/>
+    <w:rsid w:val="004335CC"/>
+    <w:rsid w:val="00435542"/>
+    <w:rsid w:val="00437560"/>
+    <w:rsid w:val="004443F5"/>
+    <w:rsid w:val="00444C47"/>
+    <w:rsid w:val="004611CD"/>
+    <w:rsid w:val="004617BA"/>
+    <w:rsid w:val="00466D33"/>
+    <w:rsid w:val="00487D82"/>
+    <w:rsid w:val="004942EE"/>
+    <w:rsid w:val="004A61C5"/>
+    <w:rsid w:val="004B0D9C"/>
+    <w:rsid w:val="004B0EB8"/>
+    <w:rsid w:val="004B2930"/>
+    <w:rsid w:val="004C6FCE"/>
+    <w:rsid w:val="004C7380"/>
+    <w:rsid w:val="004D5D36"/>
+    <w:rsid w:val="004F25BE"/>
+    <w:rsid w:val="004F62B0"/>
+    <w:rsid w:val="00504327"/>
+    <w:rsid w:val="0051256E"/>
+    <w:rsid w:val="00526760"/>
+    <w:rsid w:val="00530A04"/>
+    <w:rsid w:val="0055592F"/>
+    <w:rsid w:val="00570675"/>
+    <w:rsid w:val="00571618"/>
+    <w:rsid w:val="00574531"/>
+    <w:rsid w:val="00580CAF"/>
+    <w:rsid w:val="005905D6"/>
+    <w:rsid w:val="0059126E"/>
+    <w:rsid w:val="00594E96"/>
+    <w:rsid w:val="005A5647"/>
+    <w:rsid w:val="005B3446"/>
+    <w:rsid w:val="005B3461"/>
+    <w:rsid w:val="005B4B6A"/>
+    <w:rsid w:val="005B60CA"/>
+    <w:rsid w:val="005B66BB"/>
+    <w:rsid w:val="005C3F04"/>
+    <w:rsid w:val="005C62DE"/>
+    <w:rsid w:val="005E13A9"/>
+    <w:rsid w:val="005E74EF"/>
+    <w:rsid w:val="006048C8"/>
+    <w:rsid w:val="00610596"/>
+    <w:rsid w:val="00614420"/>
+    <w:rsid w:val="00614AAF"/>
+    <w:rsid w:val="00626327"/>
+    <w:rsid w:val="0062639A"/>
+    <w:rsid w:val="00635810"/>
+    <w:rsid w:val="00642B91"/>
+    <w:rsid w:val="00650AFB"/>
+    <w:rsid w:val="00650B5A"/>
+    <w:rsid w:val="00652FF5"/>
+    <w:rsid w:val="00654419"/>
+    <w:rsid w:val="006625F2"/>
+    <w:rsid w:val="00663635"/>
+    <w:rsid w:val="0066466A"/>
+    <w:rsid w:val="00666CA0"/>
+    <w:rsid w:val="00680D88"/>
+    <w:rsid w:val="00681186"/>
+    <w:rsid w:val="00690C41"/>
+    <w:rsid w:val="006A3AB5"/>
+    <w:rsid w:val="006A4C10"/>
+    <w:rsid w:val="006A6E06"/>
+    <w:rsid w:val="006B5509"/>
+    <w:rsid w:val="006B5C06"/>
+    <w:rsid w:val="006C2E5A"/>
+    <w:rsid w:val="006C3F06"/>
+    <w:rsid w:val="006C6AA9"/>
+    <w:rsid w:val="006C7AF1"/>
+    <w:rsid w:val="006D340A"/>
+    <w:rsid w:val="00701C89"/>
+    <w:rsid w:val="00706F17"/>
+    <w:rsid w:val="0072000A"/>
+    <w:rsid w:val="0073517A"/>
+    <w:rsid w:val="007355B9"/>
+    <w:rsid w:val="00745F4C"/>
+    <w:rsid w:val="00765741"/>
+    <w:rsid w:val="0077321B"/>
+    <w:rsid w:val="007818A6"/>
+    <w:rsid w:val="00782797"/>
+    <w:rsid w:val="007840E1"/>
+    <w:rsid w:val="00786B6B"/>
+    <w:rsid w:val="00787901"/>
+    <w:rsid w:val="007913DA"/>
+    <w:rsid w:val="00794DD3"/>
+    <w:rsid w:val="007A5172"/>
+    <w:rsid w:val="007B0CB7"/>
+    <w:rsid w:val="007D3DDA"/>
+    <w:rsid w:val="007D5606"/>
+    <w:rsid w:val="007D6163"/>
+    <w:rsid w:val="0080711C"/>
+    <w:rsid w:val="00812736"/>
+    <w:rsid w:val="0081286B"/>
+    <w:rsid w:val="00825C06"/>
+    <w:rsid w:val="00832D24"/>
+    <w:rsid w:val="0086646E"/>
+    <w:rsid w:val="0087269D"/>
+    <w:rsid w:val="00875311"/>
+    <w:rsid w:val="00877838"/>
+    <w:rsid w:val="0088196B"/>
+    <w:rsid w:val="008862ED"/>
+    <w:rsid w:val="00890B3E"/>
+    <w:rsid w:val="00895965"/>
+    <w:rsid w:val="008A12F0"/>
+    <w:rsid w:val="008A69CF"/>
+    <w:rsid w:val="008B0022"/>
+    <w:rsid w:val="008C42AC"/>
+    <w:rsid w:val="008C6789"/>
+    <w:rsid w:val="008C713D"/>
+    <w:rsid w:val="008F298D"/>
+    <w:rsid w:val="008F4B28"/>
+    <w:rsid w:val="008F786E"/>
+    <w:rsid w:val="009028A8"/>
+    <w:rsid w:val="00903592"/>
+    <w:rsid w:val="00903EE0"/>
+    <w:rsid w:val="00904C83"/>
+    <w:rsid w:val="0090559F"/>
+    <w:rsid w:val="00911C5D"/>
+    <w:rsid w:val="009154B6"/>
+    <w:rsid w:val="00934025"/>
+    <w:rsid w:val="00940324"/>
+    <w:rsid w:val="009521AC"/>
+    <w:rsid w:val="00987718"/>
+    <w:rsid w:val="0099076F"/>
+    <w:rsid w:val="009B2072"/>
+    <w:rsid w:val="009B2ABB"/>
+    <w:rsid w:val="009B46FA"/>
+    <w:rsid w:val="009C0D17"/>
+    <w:rsid w:val="009C547C"/>
+    <w:rsid w:val="009D3AF1"/>
+    <w:rsid w:val="009D7D77"/>
+    <w:rsid w:val="009E1C51"/>
+    <w:rsid w:val="009F1B13"/>
+    <w:rsid w:val="009F2A94"/>
+    <w:rsid w:val="009F61CB"/>
+    <w:rsid w:val="00A11995"/>
+    <w:rsid w:val="00A12783"/>
+    <w:rsid w:val="00A24775"/>
+    <w:rsid w:val="00A317ED"/>
+    <w:rsid w:val="00A367A3"/>
+    <w:rsid w:val="00A44136"/>
+    <w:rsid w:val="00A500A6"/>
+    <w:rsid w:val="00A50A72"/>
+    <w:rsid w:val="00A5302A"/>
+    <w:rsid w:val="00A5323D"/>
+    <w:rsid w:val="00A60FF0"/>
+    <w:rsid w:val="00A84DD4"/>
+    <w:rsid w:val="00A851D0"/>
+    <w:rsid w:val="00A93495"/>
+    <w:rsid w:val="00A97E9C"/>
+    <w:rsid w:val="00AA661E"/>
+    <w:rsid w:val="00AB1A78"/>
+    <w:rsid w:val="00AB2CE2"/>
+    <w:rsid w:val="00AC2B98"/>
+    <w:rsid w:val="00AC4A32"/>
+    <w:rsid w:val="00AC5EAC"/>
+    <w:rsid w:val="00AE62BC"/>
+    <w:rsid w:val="00AE63E3"/>
+    <w:rsid w:val="00AF34CD"/>
+    <w:rsid w:val="00B00AB9"/>
+    <w:rsid w:val="00B0363A"/>
+    <w:rsid w:val="00B11BB1"/>
+    <w:rsid w:val="00B13090"/>
+    <w:rsid w:val="00B22191"/>
+    <w:rsid w:val="00B227BB"/>
+    <w:rsid w:val="00B236D8"/>
+    <w:rsid w:val="00B32E01"/>
+    <w:rsid w:val="00B34A24"/>
+    <w:rsid w:val="00B3527B"/>
+    <w:rsid w:val="00B437B6"/>
+    <w:rsid w:val="00B43A2F"/>
+    <w:rsid w:val="00B46493"/>
+    <w:rsid w:val="00B46891"/>
+    <w:rsid w:val="00B62546"/>
+    <w:rsid w:val="00B716C3"/>
+    <w:rsid w:val="00B75288"/>
+    <w:rsid w:val="00B83149"/>
+    <w:rsid w:val="00B85303"/>
+    <w:rsid w:val="00B871A6"/>
+    <w:rsid w:val="00B9620D"/>
+    <w:rsid w:val="00B978E3"/>
+    <w:rsid w:val="00BB404B"/>
+    <w:rsid w:val="00BB5266"/>
+    <w:rsid w:val="00BB67E6"/>
+    <w:rsid w:val="00BC06A4"/>
+    <w:rsid w:val="00BC2236"/>
+    <w:rsid w:val="00BC62BB"/>
+    <w:rsid w:val="00BD28F7"/>
+    <w:rsid w:val="00BE1457"/>
+    <w:rsid w:val="00BE4FE2"/>
+    <w:rsid w:val="00BE7140"/>
+    <w:rsid w:val="00BF20F3"/>
+    <w:rsid w:val="00C224E2"/>
+    <w:rsid w:val="00C23376"/>
+    <w:rsid w:val="00C25352"/>
+    <w:rsid w:val="00C26CBC"/>
+    <w:rsid w:val="00C50BA7"/>
+    <w:rsid w:val="00C64CDD"/>
+    <w:rsid w:val="00C6661B"/>
+    <w:rsid w:val="00C671A4"/>
+    <w:rsid w:val="00CA5D8D"/>
+    <w:rsid w:val="00CB106C"/>
+    <w:rsid w:val="00CC465C"/>
+    <w:rsid w:val="00CC7586"/>
+    <w:rsid w:val="00CE6416"/>
+    <w:rsid w:val="00CF02AF"/>
+    <w:rsid w:val="00CF076F"/>
+    <w:rsid w:val="00D03B54"/>
+    <w:rsid w:val="00D116DF"/>
+    <w:rsid w:val="00D154B5"/>
+    <w:rsid w:val="00D33E89"/>
+    <w:rsid w:val="00D3705F"/>
+    <w:rsid w:val="00D418CD"/>
+    <w:rsid w:val="00D451D7"/>
+    <w:rsid w:val="00D5555B"/>
+    <w:rsid w:val="00D664EC"/>
+    <w:rsid w:val="00D66BE3"/>
+    <w:rsid w:val="00D73EF3"/>
+    <w:rsid w:val="00D7715A"/>
+    <w:rsid w:val="00D80EC7"/>
+    <w:rsid w:val="00D81006"/>
+    <w:rsid w:val="00D833AB"/>
+    <w:rsid w:val="00D862AF"/>
+    <w:rsid w:val="00D96A63"/>
+    <w:rsid w:val="00DA2CDF"/>
+    <w:rsid w:val="00DB7B0A"/>
+    <w:rsid w:val="00DC44DC"/>
+    <w:rsid w:val="00DC5FDE"/>
+    <w:rsid w:val="00DD7E29"/>
+    <w:rsid w:val="00DF620E"/>
+    <w:rsid w:val="00E005B3"/>
+    <w:rsid w:val="00E02705"/>
+    <w:rsid w:val="00E05352"/>
+    <w:rsid w:val="00E066DB"/>
+    <w:rsid w:val="00E46937"/>
+    <w:rsid w:val="00E50ADB"/>
+    <w:rsid w:val="00E643AD"/>
+    <w:rsid w:val="00E74258"/>
+    <w:rsid w:val="00E81B2F"/>
+    <w:rsid w:val="00E837C1"/>
+    <w:rsid w:val="00E86FBF"/>
+    <w:rsid w:val="00EA1A8C"/>
+    <w:rsid w:val="00EA1B09"/>
+    <w:rsid w:val="00EB23E7"/>
+    <w:rsid w:val="00EB4C5F"/>
+    <w:rsid w:val="00EC143C"/>
+    <w:rsid w:val="00EC2808"/>
+    <w:rsid w:val="00EC324B"/>
+    <w:rsid w:val="00EC377A"/>
+    <w:rsid w:val="00EC6EF8"/>
+    <w:rsid w:val="00ED47B6"/>
+    <w:rsid w:val="00ED508D"/>
+    <w:rsid w:val="00EE3CB7"/>
+    <w:rsid w:val="00EE5B36"/>
+    <w:rsid w:val="00EF31D3"/>
+    <w:rsid w:val="00F122CA"/>
+    <w:rsid w:val="00F150CE"/>
+    <w:rsid w:val="00F209F4"/>
+    <w:rsid w:val="00F33883"/>
+    <w:rsid w:val="00F35469"/>
+    <w:rsid w:val="00F369F2"/>
+    <w:rsid w:val="00F4412D"/>
+    <w:rsid w:val="00F4494E"/>
+    <w:rsid w:val="00F504C5"/>
+    <w:rsid w:val="00F66FAF"/>
+    <w:rsid w:val="00F71A60"/>
+    <w:rsid w:val="00F86F26"/>
+    <w:rsid w:val="00F90586"/>
+    <w:rsid w:val="00F939D7"/>
+    <w:rsid w:val="00FC0E9B"/>
+    <w:rsid w:val="00FC2D6E"/>
+    <w:rsid w:val="00FC6235"/>
+    <w:rsid w:val="00FD692C"/>
+    <w:rsid w:val="00FD73FF"/>
+    <w:rsid w:val="00FE7014"/>
+    <w:rsid w:val="00FF0ACA"/>
+    <w:rsid w:val="00FF545D"/>
+    <w:rsid w:val="00FF5A29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0F231688"/>
-  <w15:docId w15:val="{0479B312-7FE3-4E32-8A12-6984824ABADA}"/>
+  <w14:docId w14:val="15416EAD"/>
+  <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{C57EA245-8EE0-4B95-B874-9491E5EE6E5E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="ＭＳ ゴシック" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
+        <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2877,168 +5363,185 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C04CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...15 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000574DC"/>
+    <w:rsid w:val="00B11BB1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000574DC"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B11BB1"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000574DC"/>
+    <w:rsid w:val="00B11BB1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000574DC"/>
+    <w:rsid w:val="00B11BB1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00B85303"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D5D36"/>
     <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="吹き出し (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D5D36"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId5" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId6" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId7" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId8" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId9" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId11" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId5" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId6" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId7" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId8" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId9" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office ​​テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -3068,84 +5571,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Century"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3285,51 +5790,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Owner xmlns="076981ea-3f5a-413e-bdcf-fbe3e9077b6c">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="076981ea-3f5a-413e-bdcf-fbe3e9077b6c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101008ABC710909998B47891240A286755162" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="4ddee967c8d86744c437b05f8f7a1ac1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="076981ea-3f5a-413e-bdcf-fbe3e9077b6c" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8b7991721620060f31c5339f8530e61d" ns2:_="" ns3:_="">
     <xsd:import namespace="076981ea-3f5a-413e-bdcf-fbe3e9077b6c"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3512,124 +6051,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{472C723B-3231-4482-962E-B5A7B282D317}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C66242A-0755-44E0-BC42-15644FEDF61F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41183F66-C31B-4FFC-861A-82A6C5415B00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F116211-B73D-40CE-8222-92E9895305E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="076981ea-3f5a-413e-bdcf-fbe3e9077b6c"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
-    <ds:schemaRef ds:uri="8b72389e-8162-44a4-86d3-4ce7a63a9086"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D606A26-34CC-4C84-95DD-F513B9EB8B68}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29A62B3B-F98A-4F6A-BA17-EDAF708379B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCBA9FC5-7392-4DAA-B465-67CCE7011E00}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="076981ea-3f5a-413e-bdcf-fbe3e9077b6c"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>2</Pages>
-  <Words>254</Words>
-  <Characters>1449</Characters>
+  <Words>185</Words>
+  <Characters>1055</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1700</CharactersWithSpaces>
+  <CharactersWithSpaces>1238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008ABC710909998B47891240A286755162</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_DocHome">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>