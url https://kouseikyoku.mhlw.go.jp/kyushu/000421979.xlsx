--- v0 (2025-12-08)
+++ v1 (2026-02-09)
@@ -2,119 +2,116 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="9" documentId="11_E6A0F2CCA4E94E3B82B2B9841EE11D1A4F3B942D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C36D9457-DE5C-4E1B-98BC-259A58563F46}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="11_E6A0F2CCA4E94E3B82B2B9841EE11D1A4F3B942D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A8EB08F8-73B9-45F4-AD3B-4C9107D07498}"/>
   <bookViews>
-    <workbookView xWindow="10020" yWindow="1635" windowWidth="18720" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2235" yWindow="810" windowWidth="21780" windowHeight="13710" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$O$33</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="473" uniqueCount="41">
   <si>
     <t>[沖縄県]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>保険医療機関・保険薬局　廃止機関一覧表</t>
   </si>
   <si>
     <t>処理年月日</t>
   </si>
   <si>
     <t>[令和 7年11月 1日　から　令和 7年11月30日　歯科]</t>
   </si>
   <si>
     <t>令和 7年12月 1日作成　　1頁</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>01・3380・0</t>
   </si>
   <si>
     <t>きんじょう歯科</t>
   </si>
   <si>
     <t>那覇市前島１－６－５</t>
   </si>
   <si>
     <t>金城　康夫</t>
   </si>
   <si>
     <t>令和 7年10月31日</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>01・3612・6</t>
   </si>
   <si>
     <t>レオンデンタルオフィス那覇</t>
   </si>
   <si>
     <t>那覇市安里２－６－２７ルエ・メゾン・ソピア１Ｆ</t>
   </si>
   <si>
     <t>小松　正弥</t>
-  </si>
-[...1 lines deleted...]
-    <t>新機関コード:01・3693・6</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>04・3202・0</t>
   </si>
   <si>
     <t>みはら歯科クリニック</t>
   </si>
   <si>
     <t>沖縄市美原４－１－１５</t>
   </si>
   <si>
     <t>宮城　勇大</t>
   </si>
   <si>
     <t>新機関コード:04・3210・3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>23・3212・9</t>
   </si>
@@ -499,53 +496,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:O33"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>1</v>
       </c>
       <c r="D2" t="s">
         <v>1</v>
       </c>
       <c r="E2" t="s">
         <v>1</v>
       </c>
       <c r="F2" t="s">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>1</v>
       </c>
@@ -1181,138 +1176,135 @@
       </c>
       <c r="O15" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>14</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16" t="s">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>1</v>
       </c>
       <c r="K16" t="s">
         <v>1</v>
       </c>
       <c r="L16" t="s">
         <v>1</v>
       </c>
       <c r="M16" t="s">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>1</v>
       </c>
       <c r="O16" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" t="s">
         <v>18</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>19</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>20</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I17" t="s">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>1</v>
       </c>
       <c r="K17" t="s">
         <v>1</v>
       </c>
       <c r="L17" t="s">
         <v>1</v>
       </c>
       <c r="M17" t="s">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>1</v>
       </c>
       <c r="O17" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
         <v>24</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>25</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>26</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>27</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" t="s">
         <v>1</v>
       </c>
       <c r="I18" t="s">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>1</v>
       </c>
       <c r="K18" t="s">
         <v>1</v>
       </c>
       <c r="L18" t="s">
         <v>1</v>
       </c>
       <c r="M18" t="s">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>1</v>
       </c>
       <c r="O18" t="s">
         <v>1</v>
@@ -1580,51 +1572,51 @@
       </c>
       <c r="I24" t="s">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>1</v>
       </c>
       <c r="K24" t="s">
         <v>1</v>
       </c>
       <c r="L24" t="s">
         <v>1</v>
       </c>
       <c r="M24" t="s">
         <v>1</v>
       </c>
       <c r="N24" t="s">
         <v>1</v>
       </c>
       <c r="O24" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>1</v>
       </c>
       <c r="C25" t="s">
         <v>1</v>
       </c>
       <c r="D25" t="s">
         <v>1</v>
       </c>
       <c r="E25" t="s">
         <v>1</v>
       </c>
       <c r="F25" t="s">
         <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>1</v>
       </c>
       <c r="H25" t="s">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>1</v>
       </c>
@@ -1912,108 +1904,108 @@
       </c>
       <c r="J31" t="s">
         <v>1</v>
       </c>
       <c r="K31" t="s">
         <v>1</v>
       </c>
       <c r="L31" t="s">
         <v>1</v>
       </c>
       <c r="M31" t="s">
         <v>1</v>
       </c>
       <c r="N31" t="s">
         <v>1</v>
       </c>
       <c r="O31" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C32" t="s">
         <v>31</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>32</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>33</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G32" s="1"/>
       <c r="H32" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I32" t="s">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>1</v>
       </c>
       <c r="K32" t="s">
         <v>1</v>
       </c>
       <c r="L32" t="s">
         <v>1</v>
       </c>
       <c r="M32" t="s">
         <v>1</v>
       </c>
       <c r="N32" t="s">
         <v>1</v>
       </c>
       <c r="O32" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" t="s">
         <v>37</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>38</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>39</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G33" s="1"/>
       <c r="H33" t="s">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>1</v>
       </c>
       <c r="K33" t="s">
         <v>1</v>
       </c>
       <c r="L33" t="s">
         <v>1</v>
       </c>
       <c r="M33" t="s">
         <v>1</v>
       </c>
       <c r="N33" t="s">
         <v>1</v>
       </c>
       <c r="O33" t="s">
         <v>1</v>
@@ -2262,87 +2254,107 @@
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="a14078f2-94b2-47ce-8431-43303561dc63">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a14078f2-94b2-47ce-8431-43303561dc63">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9AEC0B6-F4C4-448B-B0A9-7EE8B50D4CE2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9AEC0B6-F4C4-448B-B0A9-7EE8B50D4CE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a14078f2-94b2-47ce-8431-43303561dc63"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7944409-5B05-47FD-BB1C-F914A2D261D6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7944409-5B05-47FD-BB1C-F914A2D261D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378D3712-F562-4C67-8594-529BDE477371}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378D3712-F562-4C67-8594-529BDE477371}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a14078f2-94b2-47ce-8431-43303561dc63"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101004E80522CD51AFC4586F40316C8DB4F2A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>