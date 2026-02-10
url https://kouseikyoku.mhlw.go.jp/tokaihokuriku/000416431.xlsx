--- v0 (2025-11-19)
+++ v1 (2026-02-10)
@@ -6,60 +6,60 @@
   <Default ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" Extension="vml"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.ms-excel.controlproperties+xml" PartName="/xl/ctrlProps/ctrlProp1.xml"/>
   <Override ContentType="application/vnd.ms-excel.controlproperties+xml" PartName="/xl/ctrlProps/ctrlProp2.xml"/>
   <Override ContentType="application/vnd.ms-excel.controlproperties+xml" PartName="/xl/ctrlProps/ctrlProp3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/13602130/WorkingDocLib/13【大分類】医療観察/00作業フォルダ/98 法令資料/令和6年度診療報酬改定/HP更新用/様式改良版202504～/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="87" documentId="8_{18E5A422-F30E-4072-AEE5-51C5246AA948}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{27AFE122-7E57-469A-BACE-75531A340F35}"/>
+  <xr:revisionPtr revIDLastSave="90" documentId="8_{18E5A422-F30E-4072-AEE5-51C5246AA948}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3BB979BE-D006-484E-9CC0-F783B8D14222}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="様式5,7" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -194,101 +194,107 @@
     <t>日常生活動作</t>
   </si>
   <si>
     <t>農耕又は園芸</t>
   </si>
   <si>
     <t>病院の種別（該当する□に✓をつけること。）</t>
   </si>
   <si>
     <t>精神科病院</t>
   </si>
   <si>
     <t>精神病棟を有する病院であって、入院基本料（精神病棟入院基本料の特別入院基本料以外の特別入院基本料を除く。）、精神科急性期治療病棟入院料又は精神療養病棟入院料を算定する病院</t>
   </si>
   <si>
     <t>［記載上の注意］</t>
   </si>
   <si>
     <t>１　当該治療に従事する作業療法士の氏名、勤務の形態及び勤務時間について、様式７を添付すること。なお、当該療法に専従である作業療法士であるかについて備考欄に記載すること。ただし、精神科作業療法を実施しない時間帯において、精神科ショート・ケア、精神科デイ・ケア、精神科ナイト・ケア、精神科デイ・ナイト・ケア及び重度認知症患者デイ・ケア（以下「精神科ショート・ケア等」という。）に従事することは差し支えない。また、精神科作業療法と精神科ショート・ケア等の実施日・時間が異なる場合にあっては、精神科ショート・ケア等の専従者として届け出ることは可能である。</t>
   </si>
   <si>
     <t>様式７</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
-    <t>［医療観察精神科ショート・ケア］に勤務する従事者の名簿</t>
-[...2 lines deleted...]
-  <si>
     <t>NO</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>職種</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>氏名</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>勤務の態様</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>勤務時間</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>備考</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>常勤</t>
   </si>
   <si>
     <t>専従</t>
   </si>
   <si>
     <t>専任</t>
   </si>
   <si>
     <t>非常勤</t>
   </si>
   <si>
     <t>非専任</t>
   </si>
   <si>
     <t>注)　職種の欄には、医師、看護師等と記入すること。</t>
   </si>
   <si>
     <t>２　当該治療が行われる専用の施設の配置図及び平面図を添付すること。</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>当該届出を行う前６月間において、地方厚生局に対して、心神喪失等の状態で重大な他害行為を行った者の医療及び観察等に関する法律第85条第１項、健康保険法第78条第1項及び高齢者の医療の確保に関する法律第72条第1項の規定に基づく検査等の結果、診療内容又は診療報酬の請求に関し、不正又は不当な行為が認められたことがないこと。（訪問看護事業型指定通院医療機関においては、当該届出を行う前６月間において、地方厚生局に対して、心神喪失等の状態で重大な他害行為を行った者の医療及び観察等に関する法律第85条第1項、健康保険法第94条第1項及び高齢者の医療の確保に関する法律第81条第１項の規定に基づく検査等の結果、指定訪問看護の内容又は訪問看護療養費の請求に関し、不正又は不当な行為が認められたことがないこと。）</t>
+    <phoneticPr fontId="23"/>
+  </si>
+  <si>
+    <t>［医療観察精神科作業療法］に勤務する従事者の名簿</t>
+    <rPh sb="8" eb="10">
+      <t>サギョウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>リョウホウ</t>
+    </rPh>
     <phoneticPr fontId="23"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1499,441 +1505,441 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="123">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...60 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...70 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - アクセント 1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="アクセント 1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="アクセント 2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="アクセント 3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -5317,2002 +5323,2004 @@
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId3" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId4" Target="../ctrlProps/ctrlProp1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp"/><Relationship Id="rId5" Target="../ctrlProps/ctrlProp2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp"/><Relationship Id="rId6" Target="../ctrlProps/ctrlProp3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P84"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B50" sqref="B50:C50"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="4" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="7" width="4" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.25" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.5" style="1" customWidth="1"/>
     <col min="10" max="13" width="9.5" style="1" customWidth="1"/>
     <col min="14" max="14" width="10.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="6.875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.4">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3"/>
-[...12 lines deleted...]
-      <c r="O2" s="3"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
     </row>
     <row r="3" spans="1:15" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B3" s="4"/>
-[...4 lines deleted...]
-      <c r="G3" s="4"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A4" s="5"/>
-      <c r="B4" s="6" t="s">
+      <c r="A4" s="4"/>
+      <c r="B4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="6"/>
-[...11 lines deleted...]
-      <c r="O4" s="8"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="6"/>
+      <c r="K4" s="6"/>
+      <c r="L4" s="6"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="6"/>
+      <c r="O4" s="7"/>
     </row>
     <row r="5" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="9"/>
-      <c r="B5" s="10" t="s">
+      <c r="A5" s="8"/>
+      <c r="B5" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="10"/>
-[...6 lines deleted...]
-      <c r="J5" s="12" t="s">
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="83"/>
+      <c r="G5" s="84"/>
+      <c r="H5" s="84"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="91" t="s">
         <v>4</v>
       </c>
-      <c r="K5" s="13"/>
-[...3 lines deleted...]
-      <c r="O5" s="15"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="91"/>
+      <c r="M5" s="47"/>
+      <c r="N5" s="48"/>
+      <c r="O5" s="10"/>
     </row>
     <row r="6" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="9"/>
-      <c r="B6" s="10" t="s">
+      <c r="A6" s="8"/>
+      <c r="B6" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="10"/>
-[...11 lines deleted...]
-      <c r="O6" s="15"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="86"/>
+      <c r="G6" s="87"/>
+      <c r="H6" s="87"/>
+      <c r="I6" s="88"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="11"/>
+      <c r="L6" s="11"/>
+      <c r="M6" s="11"/>
+      <c r="N6" s="11"/>
+      <c r="O6" s="10"/>
     </row>
     <row r="7" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="9"/>
-      <c r="B7" s="17" t="s">
+      <c r="A7" s="8"/>
+      <c r="B7" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="18"/>
-[...11 lines deleted...]
-      <c r="O7" s="20"/>
+      <c r="C7" s="78"/>
+      <c r="D7" s="78"/>
+      <c r="E7" s="78"/>
+      <c r="F7" s="78"/>
+      <c r="G7" s="78"/>
+      <c r="H7" s="78"/>
+      <c r="I7" s="78"/>
+      <c r="J7" s="78"/>
+      <c r="K7" s="78"/>
+      <c r="L7" s="78"/>
+      <c r="M7" s="78"/>
+      <c r="N7" s="79"/>
+      <c r="O7" s="12"/>
     </row>
     <row r="8" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="9"/>
-[...13 lines deleted...]
-      <c r="O8" s="20"/>
+      <c r="A8" s="8"/>
+      <c r="B8" s="80"/>
+      <c r="C8" s="81"/>
+      <c r="D8" s="81"/>
+      <c r="E8" s="81"/>
+      <c r="F8" s="81"/>
+      <c r="G8" s="81"/>
+      <c r="H8" s="81"/>
+      <c r="I8" s="81"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="81"/>
+      <c r="L8" s="81"/>
+      <c r="M8" s="81"/>
+      <c r="N8" s="82"/>
+      <c r="O8" s="12"/>
     </row>
     <row r="9" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="9"/>
-      <c r="B9" s="24" t="s">
+      <c r="A9" s="8"/>
+      <c r="B9" s="94" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="25"/>
-[...11 lines deleted...]
-      <c r="O9" s="20"/>
+      <c r="C9" s="92"/>
+      <c r="D9" s="92"/>
+      <c r="E9" s="92"/>
+      <c r="F9" s="92"/>
+      <c r="G9" s="92"/>
+      <c r="H9" s="92"/>
+      <c r="I9" s="92"/>
+      <c r="J9" s="92"/>
+      <c r="K9" s="92"/>
+      <c r="L9" s="92"/>
+      <c r="M9" s="92"/>
+      <c r="N9" s="95"/>
+      <c r="O9" s="12"/>
     </row>
     <row r="10" spans="1:15" ht="94.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="9"/>
-[...15 lines deleted...]
-      <c r="O10" s="20"/>
+      <c r="A10" s="8"/>
+      <c r="B10" s="13"/>
+      <c r="C10" s="96" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" s="96"/>
+      <c r="E10" s="96"/>
+      <c r="F10" s="96"/>
+      <c r="G10" s="96"/>
+      <c r="H10" s="96"/>
+      <c r="I10" s="96"/>
+      <c r="J10" s="96"/>
+      <c r="K10" s="96"/>
+      <c r="L10" s="96"/>
+      <c r="M10" s="96"/>
+      <c r="N10" s="97"/>
+      <c r="O10" s="12"/>
     </row>
     <row r="11" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="9"/>
-[...13 lines deleted...]
-      <c r="O11" s="20"/>
+      <c r="A11" s="8"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="16"/>
+      <c r="O11" s="12"/>
     </row>
     <row r="12" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="9"/>
-      <c r="B12" s="33" t="s">
+      <c r="A12" s="8"/>
+      <c r="B12" s="98" t="s">
         <v>8</v>
       </c>
-      <c r="C12" s="34"/>
-[...11 lines deleted...]
-      <c r="O12" s="20"/>
+      <c r="C12" s="44"/>
+      <c r="D12" s="44"/>
+      <c r="E12" s="44"/>
+      <c r="F12" s="44"/>
+      <c r="G12" s="44"/>
+      <c r="H12" s="44"/>
+      <c r="I12" s="44"/>
+      <c r="J12" s="44"/>
+      <c r="K12" s="44"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="44"/>
+      <c r="N12" s="99"/>
+      <c r="O12" s="12"/>
     </row>
     <row r="13" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="9"/>
-[...13 lines deleted...]
-      <c r="O13" s="20"/>
+      <c r="A13" s="8"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="15"/>
+      <c r="J13" s="15"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="15"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="12"/>
     </row>
     <row r="14" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="9"/>
-[...13 lines deleted...]
-      <c r="O14" s="20"/>
+      <c r="A14" s="8"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="18"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="19"/>
+      <c r="K14" s="19"/>
+      <c r="L14" s="19"/>
+      <c r="M14" s="19"/>
+      <c r="N14" s="20"/>
+      <c r="O14" s="12"/>
     </row>
     <row r="15" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="9"/>
-[...1 lines deleted...]
-      <c r="C15" s="11" t="s">
+      <c r="A15" s="8"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="116"/>
-      <c r="E15" s="11" t="s">
+      <c r="D15" s="41"/>
+      <c r="E15" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F15" s="116"/>
-      <c r="G15" s="11" t="s">
+      <c r="F15" s="41"/>
+      <c r="G15" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="H15" s="11"/>
-[...6 lines deleted...]
-      <c r="O15" s="20"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="19"/>
+      <c r="K15" s="19"/>
+      <c r="L15" s="19"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="20"/>
+      <c r="O15" s="12"/>
     </row>
     <row r="16" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="9"/>
-[...13 lines deleted...]
-      <c r="O16" s="20"/>
+      <c r="A16" s="8"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="19"/>
+      <c r="K16" s="19"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="19"/>
+      <c r="N16" s="20"/>
+      <c r="O16" s="12"/>
     </row>
     <row r="17" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="9"/>
-      <c r="B17" s="40" t="s">
+      <c r="A17" s="8"/>
+      <c r="B17" s="100" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="41"/>
-[...11 lines deleted...]
-      <c r="O17" s="20"/>
+      <c r="C17" s="101"/>
+      <c r="D17" s="101"/>
+      <c r="E17" s="101"/>
+      <c r="F17" s="101"/>
+      <c r="G17" s="101"/>
+      <c r="H17" s="101"/>
+      <c r="I17" s="71"/>
+      <c r="J17" s="72"/>
+      <c r="K17" s="72"/>
+      <c r="L17" s="72"/>
+      <c r="M17" s="72"/>
+      <c r="N17" s="73"/>
+      <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="9"/>
-[...13 lines deleted...]
-      <c r="O18" s="20"/>
+      <c r="A18" s="8"/>
+      <c r="B18" s="21"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="74"/>
+      <c r="J18" s="75"/>
+      <c r="K18" s="75"/>
+      <c r="L18" s="75"/>
+      <c r="M18" s="75"/>
+      <c r="N18" s="76"/>
+      <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="9"/>
-      <c r="B19" s="43" t="s">
+      <c r="A19" s="8"/>
+      <c r="B19" s="102" t="s">
         <v>13</v>
       </c>
-      <c r="C19" s="44"/>
-[...11 lines deleted...]
-      <c r="O19" s="20"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="103"/>
+      <c r="F19" s="103"/>
+      <c r="G19" s="103"/>
+      <c r="H19" s="103"/>
+      <c r="I19" s="71"/>
+      <c r="J19" s="72"/>
+      <c r="K19" s="72"/>
+      <c r="L19" s="72"/>
+      <c r="M19" s="72"/>
+      <c r="N19" s="73"/>
+      <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="9"/>
-[...13 lines deleted...]
-      <c r="O20" s="20"/>
+      <c r="A20" s="8"/>
+      <c r="B20" s="17"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="18"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="74"/>
+      <c r="J20" s="75"/>
+      <c r="K20" s="75"/>
+      <c r="L20" s="75"/>
+      <c r="M20" s="75"/>
+      <c r="N20" s="76"/>
+      <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="9"/>
-[...1 lines deleted...]
-      <c r="C21" s="25" t="s">
+      <c r="A21" s="8"/>
+      <c r="B21" s="22"/>
+      <c r="C21" s="92" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="25"/>
-[...10 lines deleted...]
-      <c r="O21" s="20"/>
+      <c r="D21" s="92"/>
+      <c r="E21" s="92"/>
+      <c r="F21" s="92"/>
+      <c r="G21" s="92"/>
+      <c r="H21" s="92"/>
+      <c r="I21" s="23"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="23"/>
+      <c r="L21" s="23"/>
+      <c r="M21" s="23"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="9"/>
-      <c r="B22" s="34" t="s">
+      <c r="A22" s="8"/>
+      <c r="B22" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="C22" s="34"/>
-[...11 lines deleted...]
-      <c r="O22" s="20"/>
+      <c r="C22" s="44"/>
+      <c r="D22" s="44"/>
+      <c r="E22" s="44"/>
+      <c r="F22" s="44"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="44"/>
+      <c r="N22" s="44"/>
+      <c r="O22" s="12"/>
     </row>
     <row r="23" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="9"/>
-      <c r="B23" s="34" t="s">
+      <c r="A23" s="8"/>
+      <c r="B23" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="C23" s="34"/>
-[...11 lines deleted...]
-      <c r="O23" s="20"/>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
+      <c r="E23" s="44"/>
+      <c r="F23" s="44"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="12"/>
     </row>
     <row r="24" spans="1:15" ht="19.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A24" s="48"/>
-      <c r="B24" s="49" t="s">
+      <c r="A24" s="25"/>
+      <c r="B24" s="93" t="s">
         <v>17</v>
       </c>
-      <c r="C24" s="49"/>
-[...11 lines deleted...]
-      <c r="O24" s="50"/>
+      <c r="C24" s="93"/>
+      <c r="D24" s="93"/>
+      <c r="E24" s="93"/>
+      <c r="F24" s="93"/>
+      <c r="G24" s="93"/>
+      <c r="H24" s="93"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="93"/>
+      <c r="L24" s="93"/>
+      <c r="M24" s="93"/>
+      <c r="N24" s="93"/>
+      <c r="O24" s="26"/>
     </row>
     <row r="25" spans="1:15" hidden="1" x14ac:dyDescent="0.4">
-      <c r="B25" s="37"/>
-[...11 lines deleted...]
-      <c r="N25" s="37"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+      <c r="K25" s="18"/>
+      <c r="L25" s="18"/>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="B26" s="51" t="s">
+      <c r="B26" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="C26" s="51"/>
-[...11 lines deleted...]
-      <c r="O26" s="51"/>
+      <c r="C26" s="64"/>
+      <c r="D26" s="64"/>
+      <c r="E26" s="64"/>
+      <c r="F26" s="64"/>
+      <c r="G26" s="64"/>
+      <c r="H26" s="64"/>
+      <c r="I26" s="64"/>
+      <c r="J26" s="64"/>
+      <c r="K26" s="64"/>
+      <c r="L26" s="64"/>
+      <c r="M26" s="64"/>
+      <c r="N26" s="64"/>
+      <c r="O26" s="64"/>
     </row>
     <row r="27" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B27" s="3" t="s">
+      <c r="B27" s="42" t="s">
         <v>19</v>
       </c>
-      <c r="C27" s="3"/>
-[...11 lines deleted...]
-      <c r="O27" s="3"/>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+      <c r="J27" s="42"/>
+      <c r="K27" s="42"/>
+      <c r="L27" s="42"/>
+      <c r="M27" s="42"/>
+      <c r="N27" s="42"/>
+      <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="52"/>
-[...12 lines deleted...]
-      <c r="O28" s="52"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+      <c r="N28" s="27"/>
+      <c r="O28" s="27"/>
     </row>
     <row r="29" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="53" t="s">
+      <c r="A29" s="104" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="54"/>
-[...4 lines deleted...]
-      <c r="G29" s="55" t="s">
+      <c r="B29" s="105"/>
+      <c r="C29" s="105"/>
+      <c r="D29" s="105"/>
+      <c r="E29" s="105"/>
+      <c r="F29" s="105"/>
+      <c r="G29" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="H29" s="56"/>
-      <c r="I29" s="57" t="s">
+      <c r="H29" s="66"/>
+      <c r="I29" s="28" t="s">
         <v>22</v>
       </c>
-      <c r="J29" s="58"/>
-      <c r="K29" s="59" t="s">
+      <c r="J29" s="29"/>
+      <c r="K29" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="L29" s="60" t="s">
+      <c r="L29" s="89" t="s">
         <v>24</v>
       </c>
-      <c r="M29" s="57" t="s">
+      <c r="M29" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="N29" s="58"/>
-      <c r="O29" s="61" t="s">
+      <c r="N29" s="29"/>
+      <c r="O29" s="31" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="62"/>
-[...7 lines deleted...]
-      <c r="I30" s="66" t="s">
+      <c r="A30" s="106"/>
+      <c r="B30" s="107"/>
+      <c r="C30" s="107"/>
+      <c r="D30" s="107"/>
+      <c r="E30" s="107"/>
+      <c r="F30" s="107"/>
+      <c r="G30" s="67"/>
+      <c r="H30" s="68"/>
+      <c r="I30" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="J30" s="67"/>
-      <c r="K30" s="68" t="s">
+      <c r="J30" s="33"/>
+      <c r="K30" s="34" t="s">
         <v>23</v>
       </c>
-      <c r="L30" s="69"/>
-      <c r="M30" s="66" t="s">
+      <c r="L30" s="90"/>
+      <c r="M30" s="32" t="s">
         <v>28</v>
       </c>
-      <c r="N30" s="67"/>
-      <c r="O30" s="70" t="s">
+      <c r="N30" s="33"/>
+      <c r="O30" s="35" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="71" t="s">
+      <c r="A31" s="108" t="s">
         <v>29</v>
       </c>
-      <c r="B31" s="72"/>
-[...11 lines deleted...]
-      <c r="N31" s="77" t="s">
+      <c r="B31" s="109"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="109"/>
+      <c r="E31" s="109"/>
+      <c r="F31" s="109"/>
+      <c r="G31" s="109"/>
+      <c r="H31" s="110"/>
+      <c r="I31" s="55"/>
+      <c r="J31" s="56"/>
+      <c r="K31" s="56"/>
+      <c r="L31" s="56"/>
+      <c r="M31" s="69"/>
+      <c r="N31" s="111" t="s">
         <v>30</v>
       </c>
-      <c r="O31" s="78"/>
+      <c r="O31" s="112"/>
     </row>
     <row r="32" spans="1:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="79" t="s">
+      <c r="A32" s="46" t="s">
         <v>31</v>
       </c>
-      <c r="B32" s="14"/>
-[...12 lines deleted...]
-      <c r="O32" s="80"/>
+      <c r="B32" s="47"/>
+      <c r="C32" s="47"/>
+      <c r="D32" s="47"/>
+      <c r="E32" s="47"/>
+      <c r="F32" s="47"/>
+      <c r="G32" s="47"/>
+      <c r="H32" s="47"/>
+      <c r="I32" s="47"/>
+      <c r="J32" s="47"/>
+      <c r="K32" s="47"/>
+      <c r="L32" s="47"/>
+      <c r="M32" s="47"/>
+      <c r="N32" s="47"/>
+      <c r="O32" s="70"/>
     </row>
     <row r="33" spans="1:16" ht="49.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A33" s="79" t="s">
+      <c r="A33" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="B33" s="14"/>
-[...12 lines deleted...]
-      <c r="O33" s="81"/>
+      <c r="B33" s="47"/>
+      <c r="C33" s="47"/>
+      <c r="D33" s="47"/>
+      <c r="E33" s="47"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="55"/>
+      <c r="H33" s="56"/>
+      <c r="I33" s="56"/>
+      <c r="J33" s="56"/>
+      <c r="K33" s="56"/>
+      <c r="L33" s="56"/>
+      <c r="M33" s="56"/>
+      <c r="N33" s="56"/>
+      <c r="O33" s="57"/>
     </row>
     <row r="34" spans="1:16" ht="48.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="79" t="s">
+      <c r="A34" s="46" t="s">
         <v>33</v>
       </c>
-      <c r="B34" s="14"/>
-[...12 lines deleted...]
-      <c r="O34" s="81"/>
+      <c r="B34" s="47"/>
+      <c r="C34" s="47"/>
+      <c r="D34" s="47"/>
+      <c r="E34" s="47"/>
+      <c r="F34" s="48"/>
+      <c r="G34" s="55"/>
+      <c r="H34" s="56"/>
+      <c r="I34" s="56"/>
+      <c r="J34" s="56"/>
+      <c r="K34" s="56"/>
+      <c r="L34" s="56"/>
+      <c r="M34" s="56"/>
+      <c r="N34" s="56"/>
+      <c r="O34" s="57"/>
     </row>
     <row r="35" spans="1:16" ht="48.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A35" s="79" t="s">
+      <c r="A35" s="46" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="14"/>
-[...12 lines deleted...]
-      <c r="O35" s="81"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="48"/>
+      <c r="G35" s="55"/>
+      <c r="H35" s="56"/>
+      <c r="I35" s="56"/>
+      <c r="J35" s="56"/>
+      <c r="K35" s="56"/>
+      <c r="L35" s="56"/>
+      <c r="M35" s="56"/>
+      <c r="N35" s="56"/>
+      <c r="O35" s="57"/>
     </row>
     <row r="36" spans="1:16" ht="49.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A36" s="82" t="s">
+      <c r="A36" s="49" t="s">
         <v>35</v>
       </c>
-      <c r="B36" s="83"/>
-[...12 lines deleted...]
-      <c r="O36" s="87"/>
+      <c r="B36" s="50"/>
+      <c r="C36" s="50"/>
+      <c r="D36" s="50"/>
+      <c r="E36" s="50"/>
+      <c r="F36" s="51"/>
+      <c r="G36" s="58"/>
+      <c r="H36" s="59"/>
+      <c r="I36" s="59"/>
+      <c r="J36" s="59"/>
+      <c r="K36" s="59"/>
+      <c r="L36" s="59"/>
+      <c r="M36" s="59"/>
+      <c r="N36" s="59"/>
+      <c r="O36" s="60"/>
     </row>
     <row r="37" spans="1:16" ht="48.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A37" s="88" t="s">
+      <c r="A37" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="B37" s="89"/>
-[...12 lines deleted...]
-      <c r="O37" s="93"/>
+      <c r="B37" s="53"/>
+      <c r="C37" s="53"/>
+      <c r="D37" s="53"/>
+      <c r="E37" s="53"/>
+      <c r="F37" s="54"/>
+      <c r="G37" s="61"/>
+      <c r="H37" s="62"/>
+      <c r="I37" s="62"/>
+      <c r="J37" s="62"/>
+      <c r="K37" s="62"/>
+      <c r="L37" s="62"/>
+      <c r="M37" s="62"/>
+      <c r="N37" s="62"/>
+      <c r="O37" s="63"/>
     </row>
     <row r="38" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A38" s="11"/>
-[...13 lines deleted...]
-      <c r="O38" s="11"/>
+      <c r="A38" s="9"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="9"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="9"/>
+      <c r="N38" s="9"/>
+      <c r="O38" s="9"/>
     </row>
     <row r="39" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A39" s="10" t="s">
+      <c r="A39" s="43" t="s">
         <v>37</v>
       </c>
-      <c r="B39" s="10"/>
-[...12 lines deleted...]
-      <c r="O39" s="10"/>
+      <c r="B39" s="43"/>
+      <c r="C39" s="43"/>
+      <c r="D39" s="43"/>
+      <c r="E39" s="43"/>
+      <c r="F39" s="43"/>
+      <c r="G39" s="43"/>
+      <c r="H39" s="43"/>
+      <c r="I39" s="43"/>
+      <c r="J39" s="43"/>
+      <c r="K39" s="43"/>
+      <c r="L39" s="43"/>
+      <c r="M39" s="43"/>
+      <c r="N39" s="43"/>
+      <c r="O39" s="43"/>
     </row>
     <row r="40" spans="1:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A40" s="94"/>
-      <c r="B40" s="10" t="s">
+      <c r="A40" s="36"/>
+      <c r="B40" s="43" t="s">
         <v>38</v>
       </c>
-      <c r="C40" s="10"/>
-[...11 lines deleted...]
-      <c r="O40" s="10"/>
+      <c r="C40" s="43"/>
+      <c r="D40" s="43"/>
+      <c r="E40" s="43"/>
+      <c r="F40" s="43"/>
+      <c r="G40" s="43"/>
+      <c r="H40" s="43"/>
+      <c r="I40" s="43"/>
+      <c r="J40" s="43"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43"/>
+      <c r="N40" s="43"/>
+      <c r="O40" s="43"/>
     </row>
     <row r="41" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A41" s="94"/>
-      <c r="B41" s="34" t="s">
+      <c r="A41" s="36"/>
+      <c r="B41" s="44" t="s">
         <v>39</v>
       </c>
-      <c r="C41" s="34"/>
-[...11 lines deleted...]
-      <c r="O41" s="34"/>
+      <c r="C41" s="44"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="44"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="44"/>
+      <c r="J41" s="44"/>
+      <c r="K41" s="44"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="44"/>
+      <c r="N41" s="44"/>
+      <c r="O41" s="44"/>
     </row>
     <row r="42" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A42" s="94"/>
-[...13 lines deleted...]
-      <c r="O42" s="34"/>
+      <c r="A42" s="36"/>
+      <c r="B42" s="44"/>
+      <c r="C42" s="44"/>
+      <c r="D42" s="44"/>
+      <c r="E42" s="44"/>
+      <c r="F42" s="44"/>
+      <c r="G42" s="44"/>
+      <c r="H42" s="44"/>
+      <c r="I42" s="44"/>
+      <c r="J42" s="44"/>
+      <c r="K42" s="44"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="44"/>
+      <c r="N42" s="44"/>
+      <c r="O42" s="44"/>
     </row>
     <row r="43" spans="1:16" hidden="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="37"/>
-[...14 lines deleted...]
-      <c r="P43" s="37"/>
+      <c r="A43" s="18"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="18"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="18"/>
+      <c r="L43" s="18"/>
+      <c r="M43" s="18"/>
+      <c r="N43" s="18"/>
+      <c r="O43" s="18"/>
+      <c r="P43" s="18"/>
     </row>
     <row r="44" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A44" s="95" t="s">
+      <c r="A44" s="45" t="s">
         <v>40</v>
       </c>
-      <c r="B44" s="95"/>
-[...12 lines deleted...]
-      <c r="O44" s="95"/>
+      <c r="B44" s="45"/>
+      <c r="C44" s="45"/>
+      <c r="D44" s="45"/>
+      <c r="E44" s="45"/>
+      <c r="F44" s="45"/>
+      <c r="G44" s="45"/>
+      <c r="H44" s="45"/>
+      <c r="I44" s="45"/>
+      <c r="J44" s="45"/>
+      <c r="K44" s="45"/>
+      <c r="L44" s="45"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
     </row>
     <row r="45" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="95" t="s">
+      <c r="A45" s="45" t="s">
         <v>41</v>
       </c>
-      <c r="B45" s="95"/>
-[...12 lines deleted...]
-      <c r="O45" s="95"/>
+      <c r="B45" s="45"/>
+      <c r="C45" s="45"/>
+      <c r="D45" s="45"/>
+      <c r="E45" s="45"/>
+      <c r="F45" s="45"/>
+      <c r="G45" s="45"/>
+      <c r="H45" s="45"/>
+      <c r="I45" s="45"/>
+      <c r="J45" s="45"/>
+      <c r="K45" s="45"/>
+      <c r="L45" s="45"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
     </row>
     <row r="46" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="95" t="s">
-[...15 lines deleted...]
-      <c r="O46" s="95"/>
+      <c r="A46" s="45" t="s">
+        <v>55</v>
+      </c>
+      <c r="B46" s="45"/>
+      <c r="C46" s="45"/>
+      <c r="D46" s="45"/>
+      <c r="E46" s="45"/>
+      <c r="F46" s="45"/>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="45"/>
+      <c r="J46" s="45"/>
+      <c r="K46" s="45"/>
+      <c r="L46" s="45"/>
+      <c r="M46" s="45"/>
+      <c r="N46" s="45"/>
+      <c r="O46" s="45"/>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.4">
-      <c r="B48" s="51" t="s">
+      <c r="B48" s="64" t="s">
         <v>42</v>
       </c>
-      <c r="C48" s="51"/>
-[...11 lines deleted...]
-      <c r="O48" s="51"/>
+      <c r="C48" s="64"/>
+      <c r="D48" s="64"/>
+      <c r="E48" s="64"/>
+      <c r="F48" s="64"/>
+      <c r="G48" s="64"/>
+      <c r="H48" s="64"/>
+      <c r="I48" s="64"/>
+      <c r="J48" s="64"/>
+      <c r="K48" s="64"/>
+      <c r="L48" s="64"/>
+      <c r="M48" s="64"/>
+      <c r="N48" s="64"/>
+      <c r="O48" s="64"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="B49" s="3" t="s">
+      <c r="B49" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="C49" s="42"/>
+      <c r="D49" s="42"/>
+      <c r="E49" s="42"/>
+      <c r="F49" s="42"/>
+      <c r="G49" s="42"/>
+      <c r="H49" s="42"/>
+      <c r="I49" s="42"/>
+      <c r="J49" s="42"/>
+      <c r="K49" s="42"/>
+      <c r="L49" s="42"/>
+      <c r="M49" s="42"/>
+      <c r="N49" s="42"/>
+      <c r="O49" s="42"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A50" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="C49" s="3"/>
-[...14 lines deleted...]
-      <c r="A50" s="96" t="s">
+      <c r="B50" s="113" t="s">
         <v>44</v>
       </c>
-      <c r="B50" s="97" t="s">
+      <c r="C50" s="113"/>
+      <c r="D50" s="113" t="s">
         <v>45</v>
       </c>
-      <c r="C50" s="97"/>
-      <c r="D50" s="97" t="s">
+      <c r="E50" s="113"/>
+      <c r="F50" s="114"/>
+      <c r="G50" s="38"/>
+      <c r="H50" s="115" t="s">
         <v>46</v>
       </c>
-      <c r="E50" s="97"/>
-[...2 lines deleted...]
-      <c r="H50" s="100" t="s">
+      <c r="I50" s="115"/>
+      <c r="J50" s="115"/>
+      <c r="K50" s="115"/>
+      <c r="L50" s="116"/>
+      <c r="M50" s="39" t="s">
         <v>47</v>
       </c>
-      <c r="I50" s="100"/>
-[...3 lines deleted...]
-      <c r="M50" s="102" t="s">
+      <c r="N50" s="113" t="s">
         <v>48</v>
       </c>
-      <c r="N50" s="97" t="s">
+      <c r="O50" s="113"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A51" s="121"/>
+      <c r="B51" s="122"/>
+      <c r="C51" s="122"/>
+      <c r="D51" s="119"/>
+      <c r="E51" s="119"/>
+      <c r="F51" s="119"/>
+      <c r="G51" s="120" t="s">
         <v>49</v>
       </c>
-      <c r="O50" s="97"/>
-[...8 lines deleted...]
-      <c r="G51" s="106" t="s">
+      <c r="H51" s="120"/>
+      <c r="I51" s="120" t="s">
         <v>50</v>
       </c>
-      <c r="H51" s="106"/>
-      <c r="I51" s="106" t="s">
+      <c r="J51" s="120"/>
+      <c r="K51" s="120" t="s">
         <v>51</v>
       </c>
-      <c r="J51" s="106"/>
-      <c r="K51" s="106" t="s">
+      <c r="L51" s="120"/>
+      <c r="M51" s="118"/>
+      <c r="N51" s="121"/>
+      <c r="O51" s="121"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A52" s="118"/>
+      <c r="B52" s="119"/>
+      <c r="C52" s="119"/>
+      <c r="D52" s="119"/>
+      <c r="E52" s="119"/>
+      <c r="F52" s="119"/>
+      <c r="G52" s="117" t="s">
         <v>52</v>
       </c>
-      <c r="L51" s="106"/>
-[...11 lines deleted...]
-      <c r="G52" s="108" t="s">
+      <c r="H52" s="117"/>
+      <c r="I52" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52" s="117"/>
+      <c r="K52" s="117" t="s">
         <v>53</v>
       </c>
-      <c r="H52" s="108"/>
-      <c r="I52" s="108" t="s">
+      <c r="L52" s="117"/>
+      <c r="M52" s="118"/>
+      <c r="N52" s="118"/>
+      <c r="O52" s="118"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A53" s="118"/>
+      <c r="B53" s="119"/>
+      <c r="C53" s="119"/>
+      <c r="D53" s="119"/>
+      <c r="E53" s="119"/>
+      <c r="F53" s="119"/>
+      <c r="G53" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H53" s="120"/>
+      <c r="I53" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J53" s="120"/>
+      <c r="K53" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L53" s="120"/>
+      <c r="M53" s="118"/>
+      <c r="N53" s="118"/>
+      <c r="O53" s="118"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A54" s="118"/>
+      <c r="B54" s="119"/>
+      <c r="C54" s="119"/>
+      <c r="D54" s="119"/>
+      <c r="E54" s="119"/>
+      <c r="F54" s="119"/>
+      <c r="G54" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H54" s="117"/>
+      <c r="I54" s="117" t="s">
         <v>28</v>
       </c>
-      <c r="J52" s="108"/>
-      <c r="K52" s="108" t="s">
+      <c r="J54" s="117"/>
+      <c r="K54" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L54" s="117"/>
+      <c r="M54" s="118"/>
+      <c r="N54" s="118"/>
+      <c r="O54" s="118"/>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A55" s="118"/>
+      <c r="B55" s="119"/>
+      <c r="C55" s="119"/>
+      <c r="D55" s="119"/>
+      <c r="E55" s="119"/>
+      <c r="F55" s="119"/>
+      <c r="G55" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H55" s="120"/>
+      <c r="I55" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J55" s="120"/>
+      <c r="K55" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L55" s="120"/>
+      <c r="M55" s="118"/>
+      <c r="N55" s="118"/>
+      <c r="O55" s="118"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A56" s="118"/>
+      <c r="B56" s="119"/>
+      <c r="C56" s="119"/>
+      <c r="D56" s="119"/>
+      <c r="E56" s="119"/>
+      <c r="F56" s="119"/>
+      <c r="G56" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56" s="117"/>
+      <c r="I56" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J56" s="117"/>
+      <c r="K56" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L56" s="117"/>
+      <c r="M56" s="118"/>
+      <c r="N56" s="118"/>
+      <c r="O56" s="118"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A57" s="118"/>
+      <c r="B57" s="119"/>
+      <c r="C57" s="119"/>
+      <c r="D57" s="119"/>
+      <c r="E57" s="119"/>
+      <c r="F57" s="119"/>
+      <c r="G57" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H57" s="120"/>
+      <c r="I57" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J57" s="120"/>
+      <c r="K57" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L57" s="120"/>
+      <c r="M57" s="118"/>
+      <c r="N57" s="118"/>
+      <c r="O57" s="118"/>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A58" s="118"/>
+      <c r="B58" s="119"/>
+      <c r="C58" s="119"/>
+      <c r="D58" s="119"/>
+      <c r="E58" s="119"/>
+      <c r="F58" s="119"/>
+      <c r="G58" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H58" s="117"/>
+      <c r="I58" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58" s="117"/>
+      <c r="K58" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L58" s="117"/>
+      <c r="M58" s="118"/>
+      <c r="N58" s="118"/>
+      <c r="O58" s="118"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A59" s="118"/>
+      <c r="B59" s="119"/>
+      <c r="C59" s="119"/>
+      <c r="D59" s="119"/>
+      <c r="E59" s="119"/>
+      <c r="F59" s="119"/>
+      <c r="G59" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H59" s="120"/>
+      <c r="I59" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J59" s="120"/>
+      <c r="K59" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L59" s="120"/>
+      <c r="M59" s="118"/>
+      <c r="N59" s="118"/>
+      <c r="O59" s="118"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A60" s="118"/>
+      <c r="B60" s="119"/>
+      <c r="C60" s="119"/>
+      <c r="D60" s="119"/>
+      <c r="E60" s="119"/>
+      <c r="F60" s="119"/>
+      <c r="G60" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60" s="117"/>
+      <c r="I60" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J60" s="117"/>
+      <c r="K60" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L60" s="117"/>
+      <c r="M60" s="118"/>
+      <c r="N60" s="118"/>
+      <c r="O60" s="118"/>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A61" s="118"/>
+      <c r="B61" s="119"/>
+      <c r="C61" s="119"/>
+      <c r="D61" s="119"/>
+      <c r="E61" s="119"/>
+      <c r="F61" s="119"/>
+      <c r="G61" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H61" s="120"/>
+      <c r="I61" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J61" s="120"/>
+      <c r="K61" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L61" s="120"/>
+      <c r="M61" s="118"/>
+      <c r="N61" s="118"/>
+      <c r="O61" s="118"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A62" s="118"/>
+      <c r="B62" s="119"/>
+      <c r="C62" s="119"/>
+      <c r="D62" s="119"/>
+      <c r="E62" s="119"/>
+      <c r="F62" s="119"/>
+      <c r="G62" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H62" s="117"/>
+      <c r="I62" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J62" s="117"/>
+      <c r="K62" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L62" s="117"/>
+      <c r="M62" s="118"/>
+      <c r="N62" s="118"/>
+      <c r="O62" s="118"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A63" s="118"/>
+      <c r="B63" s="119"/>
+      <c r="C63" s="119"/>
+      <c r="D63" s="119"/>
+      <c r="E63" s="119"/>
+      <c r="F63" s="119"/>
+      <c r="G63" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H63" s="120"/>
+      <c r="I63" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J63" s="120"/>
+      <c r="K63" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L63" s="120"/>
+      <c r="M63" s="118"/>
+      <c r="N63" s="118"/>
+      <c r="O63" s="118"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A64" s="118"/>
+      <c r="B64" s="119"/>
+      <c r="C64" s="119"/>
+      <c r="D64" s="119"/>
+      <c r="E64" s="119"/>
+      <c r="F64" s="119"/>
+      <c r="G64" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H64" s="117"/>
+      <c r="I64" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64" s="117"/>
+      <c r="K64" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L64" s="117"/>
+      <c r="M64" s="118"/>
+      <c r="N64" s="118"/>
+      <c r="O64" s="118"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A65" s="118"/>
+      <c r="B65" s="119"/>
+      <c r="C65" s="119"/>
+      <c r="D65" s="119"/>
+      <c r="E65" s="119"/>
+      <c r="F65" s="119"/>
+      <c r="G65" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H65" s="120"/>
+      <c r="I65" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J65" s="120"/>
+      <c r="K65" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L65" s="120"/>
+      <c r="M65" s="118"/>
+      <c r="N65" s="118"/>
+      <c r="O65" s="118"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A66" s="118"/>
+      <c r="B66" s="119"/>
+      <c r="C66" s="119"/>
+      <c r="D66" s="119"/>
+      <c r="E66" s="119"/>
+      <c r="F66" s="119"/>
+      <c r="G66" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H66" s="117"/>
+      <c r="I66" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J66" s="117"/>
+      <c r="K66" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L66" s="117"/>
+      <c r="M66" s="118"/>
+      <c r="N66" s="118"/>
+      <c r="O66" s="118"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A67" s="121"/>
+      <c r="B67" s="122"/>
+      <c r="C67" s="122"/>
+      <c r="D67" s="119"/>
+      <c r="E67" s="119"/>
+      <c r="F67" s="119"/>
+      <c r="G67" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H67" s="120"/>
+      <c r="I67" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J67" s="120"/>
+      <c r="K67" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L67" s="120"/>
+      <c r="M67" s="118"/>
+      <c r="N67" s="121"/>
+      <c r="O67" s="121"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A68" s="118"/>
+      <c r="B68" s="119"/>
+      <c r="C68" s="119"/>
+      <c r="D68" s="119"/>
+      <c r="E68" s="119"/>
+      <c r="F68" s="119"/>
+      <c r="G68" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H68" s="117"/>
+      <c r="I68" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68" s="117"/>
+      <c r="K68" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L68" s="117"/>
+      <c r="M68" s="118"/>
+      <c r="N68" s="118"/>
+      <c r="O68" s="118"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A69" s="118"/>
+      <c r="B69" s="119"/>
+      <c r="C69" s="119"/>
+      <c r="D69" s="119"/>
+      <c r="E69" s="119"/>
+      <c r="F69" s="119"/>
+      <c r="G69" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H69" s="120"/>
+      <c r="I69" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J69" s="120"/>
+      <c r="K69" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L69" s="120"/>
+      <c r="M69" s="118"/>
+      <c r="N69" s="118"/>
+      <c r="O69" s="118"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A70" s="118"/>
+      <c r="B70" s="119"/>
+      <c r="C70" s="119"/>
+      <c r="D70" s="119"/>
+      <c r="E70" s="119"/>
+      <c r="F70" s="119"/>
+      <c r="G70" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H70" s="117"/>
+      <c r="I70" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70" s="117"/>
+      <c r="K70" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L70" s="117"/>
+      <c r="M70" s="118"/>
+      <c r="N70" s="118"/>
+      <c r="O70" s="118"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A71" s="118"/>
+      <c r="B71" s="119"/>
+      <c r="C71" s="119"/>
+      <c r="D71" s="119"/>
+      <c r="E71" s="119"/>
+      <c r="F71" s="119"/>
+      <c r="G71" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H71" s="120"/>
+      <c r="I71" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J71" s="120"/>
+      <c r="K71" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L71" s="120"/>
+      <c r="M71" s="118"/>
+      <c r="N71" s="118"/>
+      <c r="O71" s="118"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A72" s="118"/>
+      <c r="B72" s="119"/>
+      <c r="C72" s="119"/>
+      <c r="D72" s="119"/>
+      <c r="E72" s="119"/>
+      <c r="F72" s="119"/>
+      <c r="G72" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H72" s="117"/>
+      <c r="I72" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72" s="117"/>
+      <c r="K72" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L72" s="117"/>
+      <c r="M72" s="118"/>
+      <c r="N72" s="118"/>
+      <c r="O72" s="118"/>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A73" s="118"/>
+      <c r="B73" s="119"/>
+      <c r="C73" s="119"/>
+      <c r="D73" s="119"/>
+      <c r="E73" s="119"/>
+      <c r="F73" s="119"/>
+      <c r="G73" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H73" s="120"/>
+      <c r="I73" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J73" s="120"/>
+      <c r="K73" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L73" s="120"/>
+      <c r="M73" s="118"/>
+      <c r="N73" s="118"/>
+      <c r="O73" s="118"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A74" s="118"/>
+      <c r="B74" s="119"/>
+      <c r="C74" s="119"/>
+      <c r="D74" s="119"/>
+      <c r="E74" s="119"/>
+      <c r="F74" s="119"/>
+      <c r="G74" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H74" s="117"/>
+      <c r="I74" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74" s="117"/>
+      <c r="K74" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L74" s="117"/>
+      <c r="M74" s="118"/>
+      <c r="N74" s="118"/>
+      <c r="O74" s="118"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A75" s="118"/>
+      <c r="B75" s="119"/>
+      <c r="C75" s="119"/>
+      <c r="D75" s="119"/>
+      <c r="E75" s="119"/>
+      <c r="F75" s="119"/>
+      <c r="G75" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H75" s="120"/>
+      <c r="I75" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J75" s="120"/>
+      <c r="K75" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L75" s="120"/>
+      <c r="M75" s="118"/>
+      <c r="N75" s="118"/>
+      <c r="O75" s="118"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A76" s="118"/>
+      <c r="B76" s="119"/>
+      <c r="C76" s="119"/>
+      <c r="D76" s="119"/>
+      <c r="E76" s="119"/>
+      <c r="F76" s="119"/>
+      <c r="G76" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H76" s="117"/>
+      <c r="I76" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76" s="117"/>
+      <c r="K76" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L76" s="117"/>
+      <c r="M76" s="118"/>
+      <c r="N76" s="118"/>
+      <c r="O76" s="118"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A77" s="118"/>
+      <c r="B77" s="119"/>
+      <c r="C77" s="119"/>
+      <c r="D77" s="119"/>
+      <c r="E77" s="119"/>
+      <c r="F77" s="119"/>
+      <c r="G77" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H77" s="120"/>
+      <c r="I77" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J77" s="120"/>
+      <c r="K77" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L77" s="120"/>
+      <c r="M77" s="118"/>
+      <c r="N77" s="118"/>
+      <c r="O77" s="118"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A78" s="118"/>
+      <c r="B78" s="119"/>
+      <c r="C78" s="119"/>
+      <c r="D78" s="119"/>
+      <c r="E78" s="119"/>
+      <c r="F78" s="119"/>
+      <c r="G78" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78" s="117"/>
+      <c r="I78" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78" s="117"/>
+      <c r="K78" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L78" s="117"/>
+      <c r="M78" s="118"/>
+      <c r="N78" s="118"/>
+      <c r="O78" s="118"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A79" s="118"/>
+      <c r="B79" s="119"/>
+      <c r="C79" s="119"/>
+      <c r="D79" s="119"/>
+      <c r="E79" s="119"/>
+      <c r="F79" s="119"/>
+      <c r="G79" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H79" s="120"/>
+      <c r="I79" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J79" s="120"/>
+      <c r="K79" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L79" s="120"/>
+      <c r="M79" s="118"/>
+      <c r="N79" s="118"/>
+      <c r="O79" s="118"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A80" s="118"/>
+      <c r="B80" s="119"/>
+      <c r="C80" s="119"/>
+      <c r="D80" s="119"/>
+      <c r="E80" s="119"/>
+      <c r="F80" s="119"/>
+      <c r="G80" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H80" s="117"/>
+      <c r="I80" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80" s="117"/>
+      <c r="K80" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L80" s="117"/>
+      <c r="M80" s="118"/>
+      <c r="N80" s="118"/>
+      <c r="O80" s="118"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A81" s="118"/>
+      <c r="B81" s="119"/>
+      <c r="C81" s="119"/>
+      <c r="D81" s="119"/>
+      <c r="E81" s="119"/>
+      <c r="F81" s="119"/>
+      <c r="G81" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="H81" s="120"/>
+      <c r="I81" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="J81" s="120"/>
+      <c r="K81" s="120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L81" s="120"/>
+      <c r="M81" s="118"/>
+      <c r="N81" s="118"/>
+      <c r="O81" s="118"/>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A82" s="118"/>
+      <c r="B82" s="119"/>
+      <c r="C82" s="119"/>
+      <c r="D82" s="119"/>
+      <c r="E82" s="119"/>
+      <c r="F82" s="119"/>
+      <c r="G82" s="117" t="s">
+        <v>52</v>
+      </c>
+      <c r="H82" s="117"/>
+      <c r="I82" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J82" s="117"/>
+      <c r="K82" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L82" s="117"/>
+      <c r="M82" s="118"/>
+      <c r="N82" s="118"/>
+      <c r="O82" s="118"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A84" s="64" t="s">
         <v>54</v>
       </c>
-      <c r="L52" s="108"/>
-[...711 lines deleted...]
-      <c r="O84" s="51"/>
+      <c r="B84" s="64"/>
+      <c r="C84" s="64"/>
+      <c r="D84" s="64"/>
+      <c r="E84" s="64"/>
+      <c r="F84" s="64"/>
+      <c r="G84" s="64"/>
+      <c r="H84" s="64"/>
+      <c r="I84" s="64"/>
+      <c r="J84" s="64"/>
+      <c r="K84" s="64"/>
+      <c r="L84" s="64"/>
+      <c r="M84" s="64"/>
+      <c r="N84" s="64"/>
+      <c r="O84" s="64"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="VGmYV/xdHWtEWC4dOLsctYoiMSJBlQDBXXZtA73t13X2vi/SRZpz8IYqb9g88I6lW9NLhLP0yABoSspCpQyysQ==" saltValue="XLZDpPMyyEShoTdvvVuzDQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="JCJZ268UKUxI6VBrIQP+91jqglYmJUPl4hVGiyIDuQ9aR/lAseV6BfYTFRAUAVn301qUHTRDdGB71POdaGpnDw==" saltValue="9gDUxf0LygC9eNWERgehBg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="228">
+    <mergeCell ref="A81:A82"/>
+    <mergeCell ref="B81:C82"/>
+    <mergeCell ref="D81:F82"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="I81:J81"/>
+    <mergeCell ref="K81:L81"/>
+    <mergeCell ref="M81:M82"/>
+    <mergeCell ref="N81:O82"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="I82:J82"/>
+    <mergeCell ref="K82:L82"/>
+    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="B79:C80"/>
+    <mergeCell ref="D79:F80"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="I79:J79"/>
+    <mergeCell ref="K79:L79"/>
+    <mergeCell ref="M79:M80"/>
+    <mergeCell ref="N79:O80"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="I80:J80"/>
+    <mergeCell ref="K80:L80"/>
+    <mergeCell ref="A77:A78"/>
+    <mergeCell ref="B77:C78"/>
+    <mergeCell ref="D77:F78"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="I77:J77"/>
+    <mergeCell ref="K77:L77"/>
+    <mergeCell ref="M77:M78"/>
+    <mergeCell ref="N77:O78"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="I78:J78"/>
+    <mergeCell ref="K78:L78"/>
+    <mergeCell ref="A75:A76"/>
+    <mergeCell ref="B75:C76"/>
+    <mergeCell ref="D75:F76"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="I75:J75"/>
+    <mergeCell ref="K75:L75"/>
+    <mergeCell ref="M75:M76"/>
+    <mergeCell ref="N75:O76"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="I76:J76"/>
+    <mergeCell ref="K76:L76"/>
+    <mergeCell ref="A73:A74"/>
+    <mergeCell ref="B73:C74"/>
+    <mergeCell ref="D73:F74"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="I73:J73"/>
+    <mergeCell ref="K73:L73"/>
+    <mergeCell ref="M73:M74"/>
+    <mergeCell ref="N73:O74"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="I74:J74"/>
+    <mergeCell ref="K74:L74"/>
+    <mergeCell ref="A71:A72"/>
+    <mergeCell ref="B71:C72"/>
+    <mergeCell ref="D71:F72"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="I71:J71"/>
+    <mergeCell ref="K71:L71"/>
+    <mergeCell ref="M71:M72"/>
+    <mergeCell ref="N71:O72"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="I72:J72"/>
+    <mergeCell ref="K72:L72"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="B69:C70"/>
+    <mergeCell ref="D69:F70"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="I69:J69"/>
+    <mergeCell ref="K69:L69"/>
+    <mergeCell ref="M69:M70"/>
+    <mergeCell ref="N69:O70"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="I70:J70"/>
+    <mergeCell ref="K70:L70"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:C68"/>
+    <mergeCell ref="D67:F68"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="I67:J67"/>
+    <mergeCell ref="K67:L67"/>
+    <mergeCell ref="M67:M68"/>
+    <mergeCell ref="N67:O68"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="I68:J68"/>
+    <mergeCell ref="K68:L68"/>
+    <mergeCell ref="A65:A66"/>
+    <mergeCell ref="B65:C66"/>
+    <mergeCell ref="D65:F66"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="I65:J65"/>
+    <mergeCell ref="K65:L65"/>
+    <mergeCell ref="M65:M66"/>
+    <mergeCell ref="N65:O66"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="I66:J66"/>
+    <mergeCell ref="K66:L66"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="B63:C64"/>
+    <mergeCell ref="D63:F64"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="I63:J63"/>
+    <mergeCell ref="K63:L63"/>
+    <mergeCell ref="M63:M64"/>
+    <mergeCell ref="N63:O64"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="K64:L64"/>
+    <mergeCell ref="A61:A62"/>
+    <mergeCell ref="B61:C62"/>
+    <mergeCell ref="D61:F62"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="K61:L61"/>
+    <mergeCell ref="M61:M62"/>
+    <mergeCell ref="N61:O62"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="I62:J62"/>
+    <mergeCell ref="K62:L62"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="B59:C60"/>
+    <mergeCell ref="D59:F60"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="I59:J59"/>
+    <mergeCell ref="K59:L59"/>
+    <mergeCell ref="M59:M60"/>
+    <mergeCell ref="N59:O60"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="I60:J60"/>
+    <mergeCell ref="K60:L60"/>
+    <mergeCell ref="N55:O56"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="I56:J56"/>
+    <mergeCell ref="K56:L56"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="B57:C58"/>
+    <mergeCell ref="D57:F58"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="I57:J57"/>
+    <mergeCell ref="K57:L57"/>
+    <mergeCell ref="M57:M58"/>
+    <mergeCell ref="N57:O58"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="I58:J58"/>
+    <mergeCell ref="K58:L58"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="I52:J52"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="B55:C56"/>
+    <mergeCell ref="D55:F56"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="I55:J55"/>
+    <mergeCell ref="K55:L55"/>
+    <mergeCell ref="M55:M56"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:F50"/>
+    <mergeCell ref="H50:L50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="K52:L52"/>
+    <mergeCell ref="A53:A54"/>
+    <mergeCell ref="B53:C54"/>
+    <mergeCell ref="D53:F54"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="I53:J53"/>
+    <mergeCell ref="K53:L53"/>
+    <mergeCell ref="M53:M54"/>
+    <mergeCell ref="N53:O54"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="I54:J54"/>
+    <mergeCell ref="K54:L54"/>
+    <mergeCell ref="A51:A52"/>
+    <mergeCell ref="B51:C52"/>
+    <mergeCell ref="D51:F52"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:L51"/>
+    <mergeCell ref="M51:M52"/>
+    <mergeCell ref="N51:O52"/>
+    <mergeCell ref="A84:O84"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="B7:N7"/>
+    <mergeCell ref="B8:N8"/>
+    <mergeCell ref="F5:I5"/>
+    <mergeCell ref="F6:I6"/>
+    <mergeCell ref="L29:L30"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:N5"/>
+    <mergeCell ref="C21:H21"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B23:N23"/>
+    <mergeCell ref="B24:N24"/>
+    <mergeCell ref="B9:N9"/>
+    <mergeCell ref="C10:N10"/>
+    <mergeCell ref="B12:N12"/>
+    <mergeCell ref="B17:H17"/>
+    <mergeCell ref="B19:H19"/>
+    <mergeCell ref="A29:F30"/>
+    <mergeCell ref="A31:H31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="B48:O48"/>
+    <mergeCell ref="B49:O49"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A39:O39"/>
     <mergeCell ref="B40:O40"/>
     <mergeCell ref="B41:O42"/>
     <mergeCell ref="A44:O44"/>
     <mergeCell ref="A45:O45"/>
     <mergeCell ref="A46:O46"/>
     <mergeCell ref="A34:F34"/>
     <mergeCell ref="A35:F35"/>
     <mergeCell ref="A36:F36"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="G33:O33"/>
     <mergeCell ref="G34:O34"/>
     <mergeCell ref="G35:O35"/>
     <mergeCell ref="G36:O36"/>
     <mergeCell ref="G37:O37"/>
     <mergeCell ref="B26:O26"/>
     <mergeCell ref="B27:O27"/>
     <mergeCell ref="G29:H30"/>
     <mergeCell ref="I31:M31"/>
     <mergeCell ref="A32:O32"/>
     <mergeCell ref="A33:F33"/>
     <mergeCell ref="I17:N18"/>
     <mergeCell ref="I19:N20"/>
-    <mergeCell ref="A84:O84"/>
-[...202 lines deleted...]
-    <mergeCell ref="K82:L82"/>
   </mergeCells>
   <phoneticPr fontId="23"/>
+  <conditionalFormatting sqref="B15">
+    <cfRule type="expression" dxfId="6" priority="5">
+      <formula>$B$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D15">
+    <cfRule type="expression" dxfId="5" priority="4">
+      <formula>$D$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F15">
+    <cfRule type="expression" dxfId="4" priority="3">
+      <formula>$F$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="F5:I5">
-    <cfRule type="expression" dxfId="6" priority="7">
+    <cfRule type="expression" dxfId="3" priority="7">
       <formula>$F$5=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F6:I6">
-    <cfRule type="expression" dxfId="5" priority="6">
+    <cfRule type="expression" dxfId="2" priority="6">
       <formula>$F$6=""</formula>
-    </cfRule>
-[...13 lines deleted...]
-      <formula>$F$15=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I17:N18">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>$I$17=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19:N20">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$I$19=""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="9">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K52:L52 K60:L60 K62:L62 K54:L54 K56:L56 K58:L58 K64:L64 K66:L66 K68:L68 K76:L76 K78:L78 K70:L70 K72:L72 K74:L74 K80:L80 K82:L82" xr:uid="{5CD75702-60BC-4652-926A-585A0BA3A3FF}">
       <formula1>"非専任,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K51:L51 K59:L59 K61:L61 K53:L53 K55:L55 K57:L57 K63:L63 K65:L65 K67:L67 K75:L75 K77:L77 K69:L69 K71:L71 K73:L73 K79:L79 K81:L81" xr:uid="{E47EC483-F576-4625-8ABB-D1B26E5E35DE}">
       <formula1>"専任,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I52:J52 I60:J60 I62:J62 I54:J54 I56:J56 I58:J58 I64:J64 I66:J66 I68:J68 I76:J76 I78:J78 I70:J70 I72:J72 I74:J74 I80:J80 I82:J82" xr:uid="{FC920F72-883F-41A4-828B-0D8DD4138D96}">
       <formula1>"非専従,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I51:J51 I59:J59 I61:J61 I53:J53 I55:J55 I57:J57 I63:J63 I65:J65 I67:J67 I75:J75 I77:J77 I69:J69 I71:J71 I73:J73 I79:J79 I81:J81" xr:uid="{5D2E1E0E-2176-41EB-B023-5C30C204A82D}">
       <formula1>"専従,　"</formula1>
     </dataValidation>
@@ -7405,83 +7413,75 @@
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0c0770-334f-4e2e-bc99-03b2387302bf" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab0b6e01c4e6d91c4232f7c21b14e0b1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100211E85E5A3D25E448DB87B120B2E406A" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a4ceb0b7911c712dcb092cd3a6bbedf0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0c0770-334f-4e2e-bc99-03b2387302bf" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8c127418576488476e35fe60990e651a" ns2:_="" ns3:_="">
     <xsd:import namespace="ea0c0770-334f-4e2e-bc99-03b2387302bf"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea0c0770-334f-4e2e-bc99-03b2387302bf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Owner" ma:index="8" nillable="true" ma:displayName="所有者" ma:internalName="Owner">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -7529,50 +7529,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0347f584-7be2-4218-8e94-402d99aedf0b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_Flow_SignoffStatus" ma:index="22" nillable="true" ma:displayName="承認の状態" ma:internalName="_x627f__x8a8d__x306e__x72b6__x614b_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="263dbbe5-076b-4606-a03b-9598f5f2f35a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6545a17e-0171-4d10-ac74-e2c18dd29876}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="263dbbe5-076b-4606-a03b-9598f5f2f35a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -7646,92 +7651,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf" xsi:nil="true"/>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
     <Owner xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A3C84E8-0242-4848-95A6-CDB31E7A3276}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C218900C-A9C5-4D89-8800-3FD5A80F6455}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{773FC094-88B9-4505-A191-55D213B8EBC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="d2dde68b-246c-4baf-84c9-9726bb82b9c2"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ea0c0770-334f-4e2e-bc99-03b2387302bf"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>