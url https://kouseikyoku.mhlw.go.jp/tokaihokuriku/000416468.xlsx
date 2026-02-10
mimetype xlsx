--- v0 (2025-11-19)
+++ v1 (2026-02-10)
@@ -4,60 +4,60 @@
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" Extension="vml"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.ms-excel.controlproperties+xml" PartName="/xl/ctrlProps/ctrlProp1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/13602130/WorkingDocLib/13【大分類】医療観察/00作業フォルダ/98 法令資料/令和6年度診療報酬改定/HP更新用/様式改良版202504～/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="62" documentId="8_{5ED79CBA-BF91-46A3-A64B-02A3296CECE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FDA30205-07E2-4B95-9FFF-43F192D94CA7}"/>
+  <xr:revisionPtr revIDLastSave="65" documentId="8_{5ED79CBA-BF91-46A3-A64B-02A3296CECE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{606BE280-E0BA-477D-B8D8-98072F9F9A43}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="様式6,7" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -210,97 +210,97 @@
     <t>看護補助者</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>専用施設の面積</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>平方メートル</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>患者1人当たり</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>注１)　［　］内には、ショート、デイ、ナイト又はデイ・ナイトと記入すること。
 注２)　経験を有する看護師とは、精神科ショート・ケアにあっては精神科ショート・ケア又は精神科デイ・ケアの経験を、精神科デイ・ケアにあっては精神科ショート・ケア又は精神科デイ・ケアの経験を、精神科ナイト・ケアにあっては精神科ショート・ケア、精神科デイ・ケア又は精神科ナイト・ケアの経験を、精神科デイ・ナイト・ケアにあっては精神科ショート・ケア、精神科デイ・ケア、精神科ナイト・ケア又は精神科デイ・ナイト・ケアの経験を有する看護師をいう。</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>様式７</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
-    <t>［医療観察精神科ナイト・ケア］に勤務する従事者の名簿</t>
-[...2 lines deleted...]
-  <si>
     <t>NO</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>職種</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>氏名</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>勤務の態様</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>勤務時間</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>備考</t>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>常勤</t>
   </si>
   <si>
     <t>専従</t>
   </si>
   <si>
     <t>専任</t>
   </si>
   <si>
     <t>非常勤</t>
   </si>
   <si>
     <t>非専任</t>
   </si>
   <si>
     <t>注)　職種の欄には、医師、看護師等と記入すること。</t>
   </si>
   <si>
     <t>当該届出を行う前６月間において、地方厚生局に対して、心神喪失等の状態で重大な他害行為を行った者の医療及び観察等に関する法律第85条第１項、健康保険法第78条第1項及び高齢者の医療の確保に関する法律第72条第1項の規定に基づく検査等の結果、診療内容又は診療報酬の請求に関し、不正又は不当な行為が認められたことがないこと。（訪問看護事業型指定通院医療機関においては、当該届出を行う前６月間において、地方厚生局に対して、心神喪失等の状態で重大な他害行為を行った者の医療及び観察等に関する法律第85条第1項、健康保険法第94条第1項及び高齢者の医療の確保に関する法律第81条第１項の規定に基づく検査等の結果、指定訪問看護の内容又は訪問看護療養費の請求に関し、不正又は不当な行為が認められたことがないこと。）</t>
+    <phoneticPr fontId="22"/>
+  </si>
+  <si>
+    <t>［医療観察精神科デイ・ナイト・ケア］に勤務する従事者の名簿</t>
     <phoneticPr fontId="22"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1557,434 +1557,434 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="122">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
-[...148 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...82 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - アクセント 1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="アクセント 1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="アクセント 2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="アクセント 3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="アクセント 4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -5225,2287 +5225,2289 @@
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId3" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId4" Target="../ctrlProps/ctrlProp1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O90"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A49" sqref="A49:O53"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="6.375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="7" width="4" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.25" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.5" style="1" customWidth="1"/>
     <col min="10" max="13" width="9.5" style="1" customWidth="1"/>
     <col min="14" max="14" width="10.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="6.875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.4">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3"/>
-[...12 lines deleted...]
-      <c r="O2" s="3"/>
+      <c r="B2" s="68"/>
+      <c r="C2" s="68"/>
+      <c r="D2" s="68"/>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+      <c r="L2" s="68"/>
+      <c r="M2" s="68"/>
+      <c r="N2" s="68"/>
+      <c r="O2" s="68"/>
     </row>
     <row r="3" spans="1:15" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B3" s="4"/>
-[...4 lines deleted...]
-      <c r="G3" s="4"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A4" s="5"/>
-      <c r="B4" s="6" t="s">
+      <c r="A4" s="4"/>
+      <c r="B4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="6"/>
-[...11 lines deleted...]
-      <c r="O4" s="8"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="6"/>
+      <c r="K4" s="6"/>
+      <c r="L4" s="6"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="6"/>
+      <c r="O4" s="7"/>
     </row>
     <row r="5" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="9"/>
-      <c r="B5" s="10" t="s">
+      <c r="A5" s="8"/>
+      <c r="B5" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="10"/>
-[...6 lines deleted...]
-      <c r="J5" s="12" t="s">
+      <c r="C5" s="80"/>
+      <c r="D5" s="80"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="87"/>
+      <c r="G5" s="88"/>
+      <c r="H5" s="88"/>
+      <c r="I5" s="89"/>
+      <c r="J5" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="K5" s="13"/>
-[...3 lines deleted...]
-      <c r="O5" s="15"/>
+      <c r="K5" s="96"/>
+      <c r="L5" s="95"/>
+      <c r="M5" s="97"/>
+      <c r="N5" s="96"/>
+      <c r="O5" s="10"/>
     </row>
     <row r="6" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="9"/>
-      <c r="B6" s="10" t="s">
+      <c r="A6" s="8"/>
+      <c r="B6" s="80" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="10"/>
-[...11 lines deleted...]
-      <c r="O6" s="15"/>
+      <c r="C6" s="80"/>
+      <c r="D6" s="80"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="90"/>
+      <c r="G6" s="91"/>
+      <c r="H6" s="91"/>
+      <c r="I6" s="92"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="11"/>
+      <c r="L6" s="11"/>
+      <c r="M6" s="11"/>
+      <c r="N6" s="11"/>
+      <c r="O6" s="10"/>
     </row>
     <row r="7" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="9"/>
-      <c r="B7" s="17" t="s">
+      <c r="A7" s="8"/>
+      <c r="B7" s="81" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="18"/>
-[...11 lines deleted...]
-      <c r="O7" s="20"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+      <c r="F7" s="82"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="82"/>
+      <c r="I7" s="82"/>
+      <c r="J7" s="82"/>
+      <c r="K7" s="82"/>
+      <c r="L7" s="82"/>
+      <c r="M7" s="82"/>
+      <c r="N7" s="83"/>
+      <c r="O7" s="12"/>
     </row>
     <row r="8" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="9"/>
-[...13 lines deleted...]
-      <c r="O8" s="20"/>
+      <c r="A8" s="8"/>
+      <c r="B8" s="84"/>
+      <c r="C8" s="85"/>
+      <c r="D8" s="85"/>
+      <c r="E8" s="85"/>
+      <c r="F8" s="85"/>
+      <c r="G8" s="85"/>
+      <c r="H8" s="85"/>
+      <c r="I8" s="85"/>
+      <c r="J8" s="85"/>
+      <c r="K8" s="85"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="85"/>
+      <c r="N8" s="86"/>
+      <c r="O8" s="12"/>
     </row>
     <row r="9" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="9"/>
-      <c r="B9" s="24" t="s">
+      <c r="A9" s="8"/>
+      <c r="B9" s="101" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="25"/>
-[...11 lines deleted...]
-      <c r="O9" s="20"/>
+      <c r="C9" s="56"/>
+      <c r="D9" s="56"/>
+      <c r="E9" s="56"/>
+      <c r="F9" s="56"/>
+      <c r="G9" s="56"/>
+      <c r="H9" s="56"/>
+      <c r="I9" s="56"/>
+      <c r="J9" s="56"/>
+      <c r="K9" s="56"/>
+      <c r="L9" s="56"/>
+      <c r="M9" s="56"/>
+      <c r="N9" s="57"/>
+      <c r="O9" s="12"/>
     </row>
     <row r="10" spans="1:15" ht="94.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="9"/>
-[...15 lines deleted...]
-      <c r="O10" s="20"/>
+      <c r="A10" s="8"/>
+      <c r="B10" s="13"/>
+      <c r="C10" s="102" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="102"/>
+      <c r="E10" s="102"/>
+      <c r="F10" s="102"/>
+      <c r="G10" s="102"/>
+      <c r="H10" s="102"/>
+      <c r="I10" s="102"/>
+      <c r="J10" s="102"/>
+      <c r="K10" s="102"/>
+      <c r="L10" s="102"/>
+      <c r="M10" s="102"/>
+      <c r="N10" s="103"/>
+      <c r="O10" s="12"/>
     </row>
     <row r="11" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="9"/>
-[...13 lines deleted...]
-      <c r="O11" s="20"/>
+      <c r="A11" s="8"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="16"/>
+      <c r="O11" s="12"/>
     </row>
     <row r="12" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="9"/>
-      <c r="B12" s="33" t="s">
+      <c r="A12" s="8"/>
+      <c r="B12" s="104" t="s">
         <v>8</v>
       </c>
-      <c r="C12" s="34"/>
-[...11 lines deleted...]
-      <c r="O12" s="20"/>
+      <c r="C12" s="99"/>
+      <c r="D12" s="99"/>
+      <c r="E12" s="99"/>
+      <c r="F12" s="99"/>
+      <c r="G12" s="99"/>
+      <c r="H12" s="99"/>
+      <c r="I12" s="99"/>
+      <c r="J12" s="99"/>
+      <c r="K12" s="99"/>
+      <c r="L12" s="99"/>
+      <c r="M12" s="99"/>
+      <c r="N12" s="105"/>
+      <c r="O12" s="12"/>
     </row>
     <row r="13" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="9"/>
-[...13 lines deleted...]
-      <c r="O13" s="20"/>
+      <c r="A13" s="8"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="15"/>
+      <c r="J13" s="15"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="15"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="12"/>
     </row>
     <row r="14" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="9"/>
-[...13 lines deleted...]
-      <c r="O14" s="20"/>
+      <c r="A14" s="8"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="18"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="19"/>
+      <c r="K14" s="19"/>
+      <c r="L14" s="19"/>
+      <c r="M14" s="19"/>
+      <c r="N14" s="20"/>
+      <c r="O14" s="12"/>
     </row>
     <row r="15" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="9"/>
-[...1 lines deleted...]
-      <c r="C15" s="11" t="s">
+      <c r="A15" s="8"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="115"/>
-      <c r="E15" s="11" t="s">
+      <c r="D15" s="41"/>
+      <c r="E15" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F15" s="115"/>
-      <c r="G15" s="11" t="s">
+      <c r="F15" s="41"/>
+      <c r="G15" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="H15" s="11"/>
-[...6 lines deleted...]
-      <c r="O15" s="20"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="19"/>
+      <c r="K15" s="19"/>
+      <c r="L15" s="19"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="20"/>
+      <c r="O15" s="12"/>
     </row>
     <row r="16" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="9"/>
-[...13 lines deleted...]
-      <c r="O16" s="20"/>
+      <c r="A16" s="8"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="19"/>
+      <c r="K16" s="19"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="19"/>
+      <c r="N16" s="20"/>
+      <c r="O16" s="12"/>
     </row>
     <row r="17" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="9"/>
-      <c r="B17" s="40" t="s">
+      <c r="A17" s="8"/>
+      <c r="B17" s="107" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="41"/>
-[...11 lines deleted...]
-      <c r="O17" s="20"/>
+      <c r="C17" s="108"/>
+      <c r="D17" s="108"/>
+      <c r="E17" s="108"/>
+      <c r="F17" s="108"/>
+      <c r="G17" s="108"/>
+      <c r="H17" s="108"/>
+      <c r="I17" s="114"/>
+      <c r="J17" s="115"/>
+      <c r="K17" s="115"/>
+      <c r="L17" s="115"/>
+      <c r="M17" s="115"/>
+      <c r="N17" s="116"/>
+      <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="9"/>
-[...13 lines deleted...]
-      <c r="O18" s="20"/>
+      <c r="A18" s="8"/>
+      <c r="B18" s="21"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="118"/>
+      <c r="K18" s="118"/>
+      <c r="L18" s="118"/>
+      <c r="M18" s="118"/>
+      <c r="N18" s="119"/>
+      <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="9"/>
-      <c r="B19" s="43" t="s">
+      <c r="A19" s="8"/>
+      <c r="B19" s="109" t="s">
         <v>13</v>
       </c>
-      <c r="C19" s="44"/>
-[...11 lines deleted...]
-      <c r="O19" s="20"/>
+      <c r="C19" s="110"/>
+      <c r="D19" s="110"/>
+      <c r="E19" s="110"/>
+      <c r="F19" s="110"/>
+      <c r="G19" s="110"/>
+      <c r="H19" s="110"/>
+      <c r="I19" s="114"/>
+      <c r="J19" s="115"/>
+      <c r="K19" s="115"/>
+      <c r="L19" s="115"/>
+      <c r="M19" s="115"/>
+      <c r="N19" s="116"/>
+      <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="9"/>
-[...13 lines deleted...]
-      <c r="O20" s="20"/>
+      <c r="A20" s="8"/>
+      <c r="B20" s="17"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="18"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="118"/>
+      <c r="K20" s="118"/>
+      <c r="L20" s="118"/>
+      <c r="M20" s="118"/>
+      <c r="N20" s="119"/>
+      <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="9"/>
-[...1 lines deleted...]
-      <c r="C21" s="46" t="s">
+      <c r="A21" s="8"/>
+      <c r="B21" s="22"/>
+      <c r="C21" s="98" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="46"/>
-[...10 lines deleted...]
-      <c r="O21" s="20"/>
+      <c r="D21" s="98"/>
+      <c r="E21" s="98"/>
+      <c r="F21" s="98"/>
+      <c r="G21" s="98"/>
+      <c r="H21" s="98"/>
+      <c r="I21" s="23"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="23"/>
+      <c r="L21" s="23"/>
+      <c r="M21" s="23"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="9"/>
-      <c r="B22" s="34" t="s">
+      <c r="A22" s="8"/>
+      <c r="B22" s="99" t="s">
         <v>15</v>
       </c>
-      <c r="C22" s="34"/>
-[...11 lines deleted...]
-      <c r="O22" s="20"/>
+      <c r="C22" s="99"/>
+      <c r="D22" s="99"/>
+      <c r="E22" s="99"/>
+      <c r="F22" s="99"/>
+      <c r="G22" s="99"/>
+      <c r="H22" s="99"/>
+      <c r="I22" s="99"/>
+      <c r="J22" s="99"/>
+      <c r="K22" s="99"/>
+      <c r="L22" s="99"/>
+      <c r="M22" s="99"/>
+      <c r="N22" s="99"/>
+      <c r="O22" s="12"/>
     </row>
     <row r="23" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="9"/>
-      <c r="B23" s="34" t="s">
+      <c r="A23" s="8"/>
+      <c r="B23" s="99" t="s">
         <v>16</v>
       </c>
-      <c r="C23" s="34"/>
-[...11 lines deleted...]
-      <c r="O23" s="20"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="99"/>
+      <c r="G23" s="99"/>
+      <c r="H23" s="99"/>
+      <c r="I23" s="99"/>
+      <c r="J23" s="99"/>
+      <c r="K23" s="99"/>
+      <c r="L23" s="99"/>
+      <c r="M23" s="99"/>
+      <c r="N23" s="99"/>
+      <c r="O23" s="12"/>
     </row>
     <row r="24" spans="1:15" ht="19.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A24" s="49"/>
-      <c r="B24" s="50" t="s">
+      <c r="A24" s="25"/>
+      <c r="B24" s="100" t="s">
         <v>17</v>
       </c>
-      <c r="C24" s="50"/>
-[...11 lines deleted...]
-      <c r="O24" s="51"/>
+      <c r="C24" s="100"/>
+      <c r="D24" s="100"/>
+      <c r="E24" s="100"/>
+      <c r="F24" s="100"/>
+      <c r="G24" s="100"/>
+      <c r="H24" s="100"/>
+      <c r="I24" s="100"/>
+      <c r="J24" s="100"/>
+      <c r="K24" s="100"/>
+      <c r="L24" s="100"/>
+      <c r="M24" s="100"/>
+      <c r="N24" s="100"/>
+      <c r="O24" s="26"/>
     </row>
     <row r="25" spans="1:15" hidden="1" x14ac:dyDescent="0.4">
-      <c r="B25" s="37"/>
-[...11 lines deleted...]
-      <c r="N25" s="37"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+      <c r="K25" s="18"/>
+      <c r="L25" s="18"/>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A26" s="5"/>
-      <c r="B26" s="52" t="s">
+      <c r="A26" s="4"/>
+      <c r="B26" s="111" t="s">
         <v>18</v>
       </c>
-      <c r="C26" s="52"/>
-[...11 lines deleted...]
-      <c r="O26" s="53"/>
+      <c r="C26" s="111"/>
+      <c r="D26" s="111"/>
+      <c r="E26" s="111"/>
+      <c r="F26" s="111"/>
+      <c r="G26" s="111"/>
+      <c r="H26" s="111"/>
+      <c r="I26" s="111"/>
+      <c r="J26" s="111"/>
+      <c r="K26" s="111"/>
+      <c r="L26" s="111"/>
+      <c r="M26" s="111"/>
+      <c r="N26" s="111"/>
+      <c r="O26" s="112"/>
     </row>
     <row r="27" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="9"/>
-      <c r="B27" s="3" t="s">
+      <c r="A27" s="8"/>
+      <c r="B27" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="C27" s="3"/>
-[...11 lines deleted...]
-      <c r="O27" s="54"/>
+      <c r="C27" s="68"/>
+      <c r="D27" s="68"/>
+      <c r="E27" s="68"/>
+      <c r="F27" s="68"/>
+      <c r="G27" s="68"/>
+      <c r="H27" s="68"/>
+      <c r="I27" s="68"/>
+      <c r="J27" s="68"/>
+      <c r="K27" s="68"/>
+      <c r="L27" s="68"/>
+      <c r="M27" s="68"/>
+      <c r="N27" s="68"/>
+      <c r="O27" s="113"/>
     </row>
     <row r="28" spans="1:15" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A28" s="9"/>
-[...13 lines deleted...]
-      <c r="O28" s="56"/>
+      <c r="A28" s="8"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+      <c r="N28" s="27"/>
+      <c r="O28" s="28"/>
     </row>
     <row r="29" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="57" t="s">
+      <c r="A29" s="120" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="58" t="s">
+      <c r="B29" s="52" t="s">
         <v>21</v>
       </c>
-      <c r="C29" s="58"/>
-[...3 lines deleted...]
-      <c r="G29" s="60" t="s">
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="53"/>
+      <c r="G29" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H29" s="59"/>
-      <c r="I29" s="61" t="s">
+      <c r="H29" s="53"/>
+      <c r="I29" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J29" s="62"/>
-      <c r="K29" s="63" t="s">
+      <c r="J29" s="30"/>
+      <c r="K29" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L29" s="64" t="s">
+      <c r="L29" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M29" s="61" t="s">
+      <c r="M29" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N29" s="62"/>
-      <c r="O29" s="65" t="s">
+      <c r="N29" s="30"/>
+      <c r="O29" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A30" s="57"/>
-[...7 lines deleted...]
-      <c r="I30" s="68" t="s">
+      <c r="A30" s="120"/>
+      <c r="B30" s="54"/>
+      <c r="C30" s="54"/>
+      <c r="D30" s="54"/>
+      <c r="E30" s="54"/>
+      <c r="F30" s="55"/>
+      <c r="G30" s="101"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J30" s="69"/>
-      <c r="K30" s="70" t="s">
+      <c r="J30" s="34"/>
+      <c r="K30" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L30" s="71"/>
-      <c r="M30" s="68" t="s">
+      <c r="L30" s="94"/>
+      <c r="M30" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N30" s="69"/>
-      <c r="O30" s="72" t="s">
+      <c r="N30" s="34"/>
+      <c r="O30" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="57"/>
-      <c r="B31" s="58" t="s">
+      <c r="A31" s="120"/>
+      <c r="B31" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C31" s="58"/>
-[...3 lines deleted...]
-      <c r="G31" s="60" t="s">
+      <c r="C31" s="52"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="52"/>
+      <c r="F31" s="53"/>
+      <c r="G31" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H31" s="59"/>
-      <c r="I31" s="61" t="s">
+      <c r="H31" s="53"/>
+      <c r="I31" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J31" s="62"/>
-      <c r="K31" s="63" t="s">
+      <c r="J31" s="30"/>
+      <c r="K31" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" s="64" t="s">
+      <c r="L31" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M31" s="61" t="s">
+      <c r="M31" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N31" s="62"/>
-      <c r="O31" s="65" t="s">
+      <c r="N31" s="30"/>
+      <c r="O31" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A32" s="57"/>
-[...7 lines deleted...]
-      <c r="I32" s="68" t="s">
+      <c r="A32" s="120"/>
+      <c r="B32" s="54"/>
+      <c r="C32" s="54"/>
+      <c r="D32" s="54"/>
+      <c r="E32" s="54"/>
+      <c r="F32" s="55"/>
+      <c r="G32" s="101"/>
+      <c r="H32" s="57"/>
+      <c r="I32" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J32" s="69"/>
-      <c r="K32" s="70" t="s">
+      <c r="J32" s="34"/>
+      <c r="K32" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L32" s="71"/>
-      <c r="M32" s="68" t="s">
+      <c r="L32" s="94"/>
+      <c r="M32" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N32" s="69"/>
-      <c r="O32" s="72" t="s">
+      <c r="N32" s="34"/>
+      <c r="O32" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A33" s="57"/>
-      <c r="B33" s="58" t="s">
+      <c r="A33" s="120"/>
+      <c r="B33" s="52" t="s">
         <v>31</v>
       </c>
-      <c r="C33" s="58"/>
-[...3 lines deleted...]
-      <c r="G33" s="60" t="s">
+      <c r="C33" s="52"/>
+      <c r="D33" s="52"/>
+      <c r="E33" s="52"/>
+      <c r="F33" s="53"/>
+      <c r="G33" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H33" s="59"/>
-      <c r="I33" s="61" t="s">
+      <c r="H33" s="53"/>
+      <c r="I33" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J33" s="62"/>
-      <c r="K33" s="63" t="s">
+      <c r="J33" s="30"/>
+      <c r="K33" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L33" s="64" t="s">
+      <c r="L33" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M33" s="61" t="s">
+      <c r="M33" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N33" s="62"/>
-      <c r="O33" s="65" t="s">
+      <c r="N33" s="30"/>
+      <c r="O33" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A34" s="57"/>
-[...7 lines deleted...]
-      <c r="I34" s="68" t="s">
+      <c r="A34" s="120"/>
+      <c r="B34" s="54"/>
+      <c r="C34" s="54"/>
+      <c r="D34" s="54"/>
+      <c r="E34" s="54"/>
+      <c r="F34" s="55"/>
+      <c r="G34" s="101"/>
+      <c r="H34" s="57"/>
+      <c r="I34" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J34" s="69"/>
-      <c r="K34" s="70" t="s">
+      <c r="J34" s="34"/>
+      <c r="K34" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L34" s="71"/>
-      <c r="M34" s="68" t="s">
+      <c r="L34" s="94"/>
+      <c r="M34" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N34" s="69"/>
-      <c r="O34" s="72" t="s">
+      <c r="N34" s="34"/>
+      <c r="O34" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A35" s="57"/>
-      <c r="B35" s="58" t="s">
+      <c r="A35" s="120"/>
+      <c r="B35" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="C35" s="58"/>
-[...3 lines deleted...]
-      <c r="G35" s="60" t="s">
+      <c r="C35" s="52"/>
+      <c r="D35" s="52"/>
+      <c r="E35" s="52"/>
+      <c r="F35" s="53"/>
+      <c r="G35" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H35" s="59"/>
-      <c r="I35" s="61" t="s">
+      <c r="H35" s="53"/>
+      <c r="I35" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J35" s="62"/>
-      <c r="K35" s="63" t="s">
+      <c r="J35" s="30"/>
+      <c r="K35" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L35" s="64" t="s">
+      <c r="L35" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M35" s="61" t="s">
+      <c r="M35" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N35" s="62"/>
-      <c r="O35" s="65" t="s">
+      <c r="N35" s="30"/>
+      <c r="O35" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A36" s="57"/>
-[...7 lines deleted...]
-      <c r="I36" s="68" t="s">
+      <c r="A36" s="120"/>
+      <c r="B36" s="54"/>
+      <c r="C36" s="54"/>
+      <c r="D36" s="54"/>
+      <c r="E36" s="54"/>
+      <c r="F36" s="55"/>
+      <c r="G36" s="101"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J36" s="69"/>
-      <c r="K36" s="70" t="s">
+      <c r="J36" s="34"/>
+      <c r="K36" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L36" s="71"/>
-      <c r="M36" s="68" t="s">
+      <c r="L36" s="94"/>
+      <c r="M36" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N36" s="69"/>
-      <c r="O36" s="72" t="s">
+      <c r="N36" s="34"/>
+      <c r="O36" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A37" s="57"/>
-      <c r="B37" s="58" t="s">
+      <c r="A37" s="120"/>
+      <c r="B37" s="52" t="s">
         <v>33</v>
       </c>
-      <c r="C37" s="58"/>
-[...3 lines deleted...]
-      <c r="G37" s="60" t="s">
+      <c r="C37" s="52"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="52"/>
+      <c r="F37" s="53"/>
+      <c r="G37" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H37" s="59"/>
-      <c r="I37" s="61" t="s">
+      <c r="H37" s="53"/>
+      <c r="I37" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J37" s="62"/>
-      <c r="K37" s="63" t="s">
+      <c r="J37" s="30"/>
+      <c r="K37" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L37" s="64" t="s">
+      <c r="L37" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M37" s="61" t="s">
+      <c r="M37" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N37" s="62"/>
-      <c r="O37" s="65" t="s">
+      <c r="N37" s="30"/>
+      <c r="O37" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A38" s="57"/>
-[...7 lines deleted...]
-      <c r="I38" s="68" t="s">
+      <c r="A38" s="120"/>
+      <c r="B38" s="56"/>
+      <c r="C38" s="56"/>
+      <c r="D38" s="56"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="101"/>
+      <c r="H38" s="57"/>
+      <c r="I38" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J38" s="69"/>
-      <c r="K38" s="70" t="s">
+      <c r="J38" s="34"/>
+      <c r="K38" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L38" s="71"/>
-      <c r="M38" s="68" t="s">
+      <c r="L38" s="94"/>
+      <c r="M38" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N38" s="69"/>
-      <c r="O38" s="72" t="s">
+      <c r="N38" s="34"/>
+      <c r="O38" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A39" s="57"/>
-      <c r="B39" s="73" t="s">
+      <c r="A39" s="120"/>
+      <c r="B39" s="59" t="s">
         <v>34</v>
       </c>
-      <c r="C39" s="73"/>
-[...3 lines deleted...]
-      <c r="G39" s="60" t="s">
+      <c r="C39" s="59"/>
+      <c r="D39" s="59"/>
+      <c r="E39" s="59"/>
+      <c r="F39" s="75"/>
+      <c r="G39" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H39" s="59"/>
-      <c r="I39" s="61" t="s">
+      <c r="H39" s="53"/>
+      <c r="I39" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J39" s="62"/>
-      <c r="K39" s="63" t="s">
+      <c r="J39" s="30"/>
+      <c r="K39" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L39" s="64" t="s">
+      <c r="L39" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M39" s="61" t="s">
+      <c r="M39" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N39" s="62"/>
-      <c r="O39" s="65" t="s">
+      <c r="N39" s="30"/>
+      <c r="O39" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A40" s="57"/>
-[...7 lines deleted...]
-      <c r="I40" s="68" t="s">
+      <c r="A40" s="120"/>
+      <c r="B40" s="56"/>
+      <c r="C40" s="56"/>
+      <c r="D40" s="56"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="101"/>
+      <c r="H40" s="57"/>
+      <c r="I40" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J40" s="69"/>
-      <c r="K40" s="70" t="s">
+      <c r="J40" s="34"/>
+      <c r="K40" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L40" s="71"/>
-      <c r="M40" s="68" t="s">
+      <c r="L40" s="94"/>
+      <c r="M40" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N40" s="69"/>
-      <c r="O40" s="72" t="s">
+      <c r="N40" s="34"/>
+      <c r="O40" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A41" s="57"/>
-      <c r="B41" s="73" t="s">
+      <c r="A41" s="120"/>
+      <c r="B41" s="59" t="s">
         <v>35</v>
       </c>
-      <c r="C41" s="73"/>
-[...3 lines deleted...]
-      <c r="G41" s="60" t="s">
+      <c r="C41" s="59"/>
+      <c r="D41" s="59"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="75"/>
+      <c r="G41" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H41" s="59"/>
-      <c r="I41" s="61" t="s">
+      <c r="H41" s="53"/>
+      <c r="I41" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J41" s="62"/>
-      <c r="K41" s="63" t="s">
+      <c r="J41" s="30"/>
+      <c r="K41" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L41" s="64" t="s">
+      <c r="L41" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M41" s="61" t="s">
+      <c r="M41" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N41" s="62"/>
-      <c r="O41" s="65" t="s">
+      <c r="N41" s="30"/>
+      <c r="O41" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A42" s="57"/>
-[...7 lines deleted...]
-      <c r="I42" s="68" t="s">
+      <c r="A42" s="120"/>
+      <c r="B42" s="56"/>
+      <c r="C42" s="56"/>
+      <c r="D42" s="56"/>
+      <c r="E42" s="56"/>
+      <c r="F42" s="57"/>
+      <c r="G42" s="101"/>
+      <c r="H42" s="57"/>
+      <c r="I42" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J42" s="69"/>
-      <c r="K42" s="70" t="s">
+      <c r="J42" s="34"/>
+      <c r="K42" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L42" s="71"/>
-      <c r="M42" s="68" t="s">
+      <c r="L42" s="94"/>
+      <c r="M42" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N42" s="69"/>
-      <c r="O42" s="72" t="s">
+      <c r="N42" s="34"/>
+      <c r="O42" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="57"/>
-      <c r="B43" s="73" t="s">
+      <c r="A43" s="120"/>
+      <c r="B43" s="59" t="s">
         <v>36</v>
       </c>
-      <c r="C43" s="73"/>
-[...3 lines deleted...]
-      <c r="G43" s="60" t="s">
+      <c r="C43" s="59"/>
+      <c r="D43" s="59"/>
+      <c r="E43" s="59"/>
+      <c r="F43" s="75"/>
+      <c r="G43" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H43" s="59"/>
-      <c r="I43" s="61" t="s">
+      <c r="H43" s="53"/>
+      <c r="I43" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J43" s="62"/>
-      <c r="K43" s="63" t="s">
+      <c r="J43" s="30"/>
+      <c r="K43" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L43" s="64" t="s">
+      <c r="L43" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M43" s="61" t="s">
+      <c r="M43" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N43" s="62"/>
-      <c r="O43" s="65" t="s">
+      <c r="N43" s="30"/>
+      <c r="O43" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:15" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A44" s="57"/>
-[...7 lines deleted...]
-      <c r="I44" s="68" t="s">
+      <c r="A44" s="120"/>
+      <c r="B44" s="56"/>
+      <c r="C44" s="56"/>
+      <c r="D44" s="56"/>
+      <c r="E44" s="56"/>
+      <c r="F44" s="57"/>
+      <c r="G44" s="101"/>
+      <c r="H44" s="57"/>
+      <c r="I44" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J44" s="69"/>
-      <c r="K44" s="70" t="s">
+      <c r="J44" s="34"/>
+      <c r="K44" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L44" s="71"/>
-      <c r="M44" s="68" t="s">
+      <c r="L44" s="94"/>
+      <c r="M44" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N44" s="69"/>
-      <c r="O44" s="72" t="s">
+      <c r="N44" s="34"/>
+      <c r="O44" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="57"/>
-      <c r="B45" s="73" t="s">
+      <c r="A45" s="120"/>
+      <c r="B45" s="59" t="s">
         <v>37</v>
       </c>
-      <c r="C45" s="73"/>
-[...3 lines deleted...]
-      <c r="G45" s="60" t="s">
+      <c r="C45" s="59"/>
+      <c r="D45" s="59"/>
+      <c r="E45" s="59"/>
+      <c r="F45" s="75"/>
+      <c r="G45" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="H45" s="59"/>
-      <c r="I45" s="61" t="s">
+      <c r="H45" s="53"/>
+      <c r="I45" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="J45" s="62"/>
-      <c r="K45" s="63" t="s">
+      <c r="J45" s="30"/>
+      <c r="K45" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="L45" s="64" t="s">
+      <c r="L45" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="M45" s="61" t="s">
+      <c r="M45" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="N45" s="62"/>
-      <c r="O45" s="65" t="s">
+      <c r="N45" s="30"/>
+      <c r="O45" s="32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:15" ht="27.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="75"/>
-[...7 lines deleted...]
-      <c r="I46" s="68" t="s">
+      <c r="A46" s="121"/>
+      <c r="B46" s="56"/>
+      <c r="C46" s="56"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="57"/>
+      <c r="G46" s="101"/>
+      <c r="H46" s="57"/>
+      <c r="I46" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J46" s="69"/>
-      <c r="K46" s="70" t="s">
+      <c r="J46" s="34"/>
+      <c r="K46" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="L46" s="71"/>
-      <c r="M46" s="68" t="s">
+      <c r="L46" s="94"/>
+      <c r="M46" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="N46" s="69"/>
-      <c r="O46" s="72" t="s">
+      <c r="N46" s="34"/>
+      <c r="O46" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="76" t="s">
+      <c r="A47" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="B47" s="73"/>
-[...3 lines deleted...]
-      <c r="F47" s="74"/>
+      <c r="B47" s="59"/>
+      <c r="C47" s="59"/>
+      <c r="D47" s="59"/>
+      <c r="E47" s="59"/>
+      <c r="F47" s="75"/>
       <c r="G47" s="77"/>
       <c r="H47" s="78"/>
       <c r="I47" s="78"/>
       <c r="J47" s="78"/>
       <c r="K47" s="78"/>
       <c r="L47" s="79"/>
-      <c r="M47" s="80" t="s">
+      <c r="M47" s="58" t="s">
         <v>39</v>
       </c>
-      <c r="N47" s="73"/>
-      <c r="O47" s="81"/>
+      <c r="N47" s="59"/>
+      <c r="O47" s="60"/>
     </row>
     <row r="48" spans="1:15" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A48" s="82"/>
-[...5 lines deleted...]
-      <c r="G48" s="83" t="s">
+      <c r="A48" s="76"/>
+      <c r="B48" s="54"/>
+      <c r="C48" s="54"/>
+      <c r="D48" s="54"/>
+      <c r="E48" s="54"/>
+      <c r="F48" s="55"/>
+      <c r="G48" s="69" t="s">
         <v>40</v>
       </c>
-      <c r="H48" s="84"/>
-[...4 lines deleted...]
-      <c r="M48" s="88" t="s">
+      <c r="H48" s="70"/>
+      <c r="I48" s="71"/>
+      <c r="J48" s="72"/>
+      <c r="K48" s="72"/>
+      <c r="L48" s="73"/>
+      <c r="M48" s="61" t="s">
         <v>39</v>
       </c>
-      <c r="N48" s="89"/>
-      <c r="O48" s="90"/>
+      <c r="N48" s="62"/>
+      <c r="O48" s="63"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A49" s="91" t="s">
+      <c r="A49" s="64" t="s">
         <v>41</v>
       </c>
-      <c r="B49" s="92"/>
-[...12 lines deleted...]
-      <c r="O49" s="92"/>
+      <c r="B49" s="65"/>
+      <c r="C49" s="65"/>
+      <c r="D49" s="65"/>
+      <c r="E49" s="65"/>
+      <c r="F49" s="65"/>
+      <c r="G49" s="65"/>
+      <c r="H49" s="65"/>
+      <c r="I49" s="65"/>
+      <c r="J49" s="65"/>
+      <c r="K49" s="65"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="65"/>
+      <c r="N49" s="65"/>
+      <c r="O49" s="65"/>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A50" s="93"/>
-[...13 lines deleted...]
-      <c r="O50" s="93"/>
+      <c r="A50" s="66"/>
+      <c r="B50" s="66"/>
+      <c r="C50" s="66"/>
+      <c r="D50" s="66"/>
+      <c r="E50" s="66"/>
+      <c r="F50" s="66"/>
+      <c r="G50" s="66"/>
+      <c r="H50" s="66"/>
+      <c r="I50" s="66"/>
+      <c r="J50" s="66"/>
+      <c r="K50" s="66"/>
+      <c r="L50" s="66"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="O50" s="66"/>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A51" s="93"/>
-[...13 lines deleted...]
-      <c r="O51" s="93"/>
+      <c r="A51" s="66"/>
+      <c r="B51" s="66"/>
+      <c r="C51" s="66"/>
+      <c r="D51" s="66"/>
+      <c r="E51" s="66"/>
+      <c r="F51" s="66"/>
+      <c r="G51" s="66"/>
+      <c r="H51" s="66"/>
+      <c r="I51" s="66"/>
+      <c r="J51" s="66"/>
+      <c r="K51" s="66"/>
+      <c r="L51" s="66"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="O51" s="66"/>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A52" s="93"/>
-[...13 lines deleted...]
-      <c r="O52" s="93"/>
+      <c r="A52" s="66"/>
+      <c r="B52" s="66"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="66"/>
+      <c r="K52" s="66"/>
+      <c r="L52" s="66"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="O52" s="66"/>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="A53" s="93"/>
-[...13 lines deleted...]
-      <c r="O53" s="93"/>
+      <c r="A53" s="66"/>
+      <c r="B53" s="66"/>
+      <c r="C53" s="66"/>
+      <c r="D53" s="66"/>
+      <c r="E53" s="66"/>
+      <c r="F53" s="66"/>
+      <c r="G53" s="66"/>
+      <c r="H53" s="66"/>
+      <c r="I53" s="66"/>
+      <c r="J53" s="66"/>
+      <c r="K53" s="66"/>
+      <c r="L53" s="66"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="O53" s="66"/>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="B54" s="94" t="s">
+      <c r="B54" s="67" t="s">
         <v>42</v>
       </c>
-      <c r="C54" s="94"/>
-[...11 lines deleted...]
-      <c r="O54" s="94"/>
+      <c r="C54" s="67"/>
+      <c r="D54" s="67"/>
+      <c r="E54" s="67"/>
+      <c r="F54" s="67"/>
+      <c r="G54" s="67"/>
+      <c r="H54" s="67"/>
+      <c r="I54" s="67"/>
+      <c r="J54" s="67"/>
+      <c r="K54" s="67"/>
+      <c r="L54" s="67"/>
+      <c r="M54" s="67"/>
+      <c r="N54" s="67"/>
+      <c r="O54" s="67"/>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.4">
-      <c r="B55" s="3" t="s">
+      <c r="B55" s="68" t="s">
+        <v>56</v>
+      </c>
+      <c r="C55" s="68"/>
+      <c r="D55" s="68"/>
+      <c r="E55" s="68"/>
+      <c r="F55" s="68"/>
+      <c r="G55" s="68"/>
+      <c r="H55" s="68"/>
+      <c r="I55" s="68"/>
+      <c r="J55" s="68"/>
+      <c r="K55" s="68"/>
+      <c r="L55" s="68"/>
+      <c r="M55" s="68"/>
+      <c r="N55" s="68"/>
+      <c r="O55" s="68"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A56" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="C55" s="3"/>
-[...14 lines deleted...]
-      <c r="A56" s="95" t="s">
+      <c r="B56" s="48" t="s">
         <v>44</v>
       </c>
-      <c r="B56" s="96" t="s">
+      <c r="C56" s="48"/>
+      <c r="D56" s="48" t="s">
         <v>45</v>
       </c>
-      <c r="C56" s="96"/>
-      <c r="D56" s="96" t="s">
+      <c r="E56" s="48"/>
+      <c r="F56" s="49"/>
+      <c r="G56" s="38"/>
+      <c r="H56" s="50" t="s">
         <v>46</v>
       </c>
-      <c r="E56" s="96"/>
-[...2 lines deleted...]
-      <c r="H56" s="99" t="s">
+      <c r="I56" s="50"/>
+      <c r="J56" s="50"/>
+      <c r="K56" s="50"/>
+      <c r="L56" s="51"/>
+      <c r="M56" s="39" t="s">
         <v>47</v>
       </c>
-      <c r="I56" s="99"/>
-[...3 lines deleted...]
-      <c r="M56" s="101" t="s">
+      <c r="N56" s="48" t="s">
         <v>48</v>
       </c>
-      <c r="N56" s="96" t="s">
+      <c r="O56" s="48"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A57" s="46"/>
+      <c r="B57" s="47"/>
+      <c r="C57" s="47"/>
+      <c r="D57" s="43"/>
+      <c r="E57" s="43"/>
+      <c r="F57" s="43"/>
+      <c r="G57" s="44" t="s">
         <v>49</v>
       </c>
-      <c r="O56" s="96"/>
-[...8 lines deleted...]
-      <c r="G57" s="105" t="s">
+      <c r="H57" s="44"/>
+      <c r="I57" s="44" t="s">
         <v>50</v>
       </c>
-      <c r="H57" s="105"/>
-      <c r="I57" s="105" t="s">
+      <c r="J57" s="44"/>
+      <c r="K57" s="44" t="s">
         <v>51</v>
       </c>
-      <c r="J57" s="105"/>
-      <c r="K57" s="105" t="s">
+      <c r="L57" s="44"/>
+      <c r="M57" s="42"/>
+      <c r="N57" s="46"/>
+      <c r="O57" s="46"/>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A58" s="42"/>
+      <c r="B58" s="43"/>
+      <c r="C58" s="43"/>
+      <c r="D58" s="43"/>
+      <c r="E58" s="43"/>
+      <c r="F58" s="43"/>
+      <c r="G58" s="45" t="s">
         <v>52</v>
       </c>
-      <c r="L57" s="105"/>
-[...11 lines deleted...]
-      <c r="G58" s="107" t="s">
+      <c r="H58" s="45"/>
+      <c r="I58" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J58" s="45"/>
+      <c r="K58" s="45" t="s">
         <v>53</v>
       </c>
-      <c r="H58" s="107"/>
-      <c r="I58" s="107" t="s">
+      <c r="L58" s="45"/>
+      <c r="M58" s="42"/>
+      <c r="N58" s="42"/>
+      <c r="O58" s="42"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A59" s="42"/>
+      <c r="B59" s="43"/>
+      <c r="C59" s="43"/>
+      <c r="D59" s="43"/>
+      <c r="E59" s="43"/>
+      <c r="F59" s="43"/>
+      <c r="G59" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H59" s="44"/>
+      <c r="I59" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J59" s="44"/>
+      <c r="K59" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L59" s="44"/>
+      <c r="M59" s="42"/>
+      <c r="N59" s="42"/>
+      <c r="O59" s="42"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A60" s="42"/>
+      <c r="B60" s="43"/>
+      <c r="C60" s="43"/>
+      <c r="D60" s="43"/>
+      <c r="E60" s="43"/>
+      <c r="F60" s="43"/>
+      <c r="G60" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60" s="45"/>
+      <c r="I60" s="45" t="s">
         <v>29</v>
       </c>
-      <c r="J58" s="107"/>
-      <c r="K58" s="107" t="s">
+      <c r="J60" s="45"/>
+      <c r="K60" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L60" s="45"/>
+      <c r="M60" s="42"/>
+      <c r="N60" s="42"/>
+      <c r="O60" s="42"/>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A61" s="42"/>
+      <c r="B61" s="43"/>
+      <c r="C61" s="43"/>
+      <c r="D61" s="43"/>
+      <c r="E61" s="43"/>
+      <c r="F61" s="43"/>
+      <c r="G61" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H61" s="44"/>
+      <c r="I61" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J61" s="44"/>
+      <c r="K61" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L61" s="44"/>
+      <c r="M61" s="42"/>
+      <c r="N61" s="42"/>
+      <c r="O61" s="42"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A62" s="42"/>
+      <c r="B62" s="43"/>
+      <c r="C62" s="43"/>
+      <c r="D62" s="43"/>
+      <c r="E62" s="43"/>
+      <c r="F62" s="43"/>
+      <c r="G62" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H62" s="45"/>
+      <c r="I62" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J62" s="45"/>
+      <c r="K62" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L62" s="45"/>
+      <c r="M62" s="42"/>
+      <c r="N62" s="42"/>
+      <c r="O62" s="42"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A63" s="42"/>
+      <c r="B63" s="43"/>
+      <c r="C63" s="43"/>
+      <c r="D63" s="43"/>
+      <c r="E63" s="43"/>
+      <c r="F63" s="43"/>
+      <c r="G63" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H63" s="44"/>
+      <c r="I63" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J63" s="44"/>
+      <c r="K63" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L63" s="44"/>
+      <c r="M63" s="42"/>
+      <c r="N63" s="42"/>
+      <c r="O63" s="42"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A64" s="42"/>
+      <c r="B64" s="43"/>
+      <c r="C64" s="43"/>
+      <c r="D64" s="43"/>
+      <c r="E64" s="43"/>
+      <c r="F64" s="43"/>
+      <c r="G64" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H64" s="45"/>
+      <c r="I64" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J64" s="45"/>
+      <c r="K64" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L64" s="45"/>
+      <c r="M64" s="42"/>
+      <c r="N64" s="42"/>
+      <c r="O64" s="42"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A65" s="42"/>
+      <c r="B65" s="43"/>
+      <c r="C65" s="43"/>
+      <c r="D65" s="43"/>
+      <c r="E65" s="43"/>
+      <c r="F65" s="43"/>
+      <c r="G65" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H65" s="44"/>
+      <c r="I65" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J65" s="44"/>
+      <c r="K65" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L65" s="44"/>
+      <c r="M65" s="42"/>
+      <c r="N65" s="42"/>
+      <c r="O65" s="42"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A66" s="42"/>
+      <c r="B66" s="43"/>
+      <c r="C66" s="43"/>
+      <c r="D66" s="43"/>
+      <c r="E66" s="43"/>
+      <c r="F66" s="43"/>
+      <c r="G66" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H66" s="45"/>
+      <c r="I66" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J66" s="45"/>
+      <c r="K66" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L66" s="45"/>
+      <c r="M66" s="42"/>
+      <c r="N66" s="42"/>
+      <c r="O66" s="42"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A67" s="42"/>
+      <c r="B67" s="43"/>
+      <c r="C67" s="43"/>
+      <c r="D67" s="43"/>
+      <c r="E67" s="43"/>
+      <c r="F67" s="43"/>
+      <c r="G67" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H67" s="44"/>
+      <c r="I67" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J67" s="44"/>
+      <c r="K67" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L67" s="44"/>
+      <c r="M67" s="42"/>
+      <c r="N67" s="42"/>
+      <c r="O67" s="42"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A68" s="42"/>
+      <c r="B68" s="43"/>
+      <c r="C68" s="43"/>
+      <c r="D68" s="43"/>
+      <c r="E68" s="43"/>
+      <c r="F68" s="43"/>
+      <c r="G68" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H68" s="45"/>
+      <c r="I68" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J68" s="45"/>
+      <c r="K68" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L68" s="45"/>
+      <c r="M68" s="42"/>
+      <c r="N68" s="42"/>
+      <c r="O68" s="42"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A69" s="42"/>
+      <c r="B69" s="43"/>
+      <c r="C69" s="43"/>
+      <c r="D69" s="43"/>
+      <c r="E69" s="43"/>
+      <c r="F69" s="43"/>
+      <c r="G69" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H69" s="44"/>
+      <c r="I69" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J69" s="44"/>
+      <c r="K69" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L69" s="44"/>
+      <c r="M69" s="42"/>
+      <c r="N69" s="42"/>
+      <c r="O69" s="42"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A70" s="42"/>
+      <c r="B70" s="43"/>
+      <c r="C70" s="43"/>
+      <c r="D70" s="43"/>
+      <c r="E70" s="43"/>
+      <c r="F70" s="43"/>
+      <c r="G70" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H70" s="45"/>
+      <c r="I70" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J70" s="45"/>
+      <c r="K70" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L70" s="45"/>
+      <c r="M70" s="42"/>
+      <c r="N70" s="42"/>
+      <c r="O70" s="42"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A71" s="42"/>
+      <c r="B71" s="43"/>
+      <c r="C71" s="43"/>
+      <c r="D71" s="43"/>
+      <c r="E71" s="43"/>
+      <c r="F71" s="43"/>
+      <c r="G71" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H71" s="44"/>
+      <c r="I71" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J71" s="44"/>
+      <c r="K71" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L71" s="44"/>
+      <c r="M71" s="42"/>
+      <c r="N71" s="42"/>
+      <c r="O71" s="42"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A72" s="42"/>
+      <c r="B72" s="43"/>
+      <c r="C72" s="43"/>
+      <c r="D72" s="43"/>
+      <c r="E72" s="43"/>
+      <c r="F72" s="43"/>
+      <c r="G72" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H72" s="45"/>
+      <c r="I72" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J72" s="45"/>
+      <c r="K72" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L72" s="45"/>
+      <c r="M72" s="42"/>
+      <c r="N72" s="42"/>
+      <c r="O72" s="42"/>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A73" s="46"/>
+      <c r="B73" s="47"/>
+      <c r="C73" s="47"/>
+      <c r="D73" s="43"/>
+      <c r="E73" s="43"/>
+      <c r="F73" s="43"/>
+      <c r="G73" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H73" s="44"/>
+      <c r="I73" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J73" s="44"/>
+      <c r="K73" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L73" s="44"/>
+      <c r="M73" s="42"/>
+      <c r="N73" s="46"/>
+      <c r="O73" s="46"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A74" s="42"/>
+      <c r="B74" s="43"/>
+      <c r="C74" s="43"/>
+      <c r="D74" s="43"/>
+      <c r="E74" s="43"/>
+      <c r="F74" s="43"/>
+      <c r="G74" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H74" s="45"/>
+      <c r="I74" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J74" s="45"/>
+      <c r="K74" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L74" s="45"/>
+      <c r="M74" s="42"/>
+      <c r="N74" s="42"/>
+      <c r="O74" s="42"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A75" s="42"/>
+      <c r="B75" s="43"/>
+      <c r="C75" s="43"/>
+      <c r="D75" s="43"/>
+      <c r="E75" s="43"/>
+      <c r="F75" s="43"/>
+      <c r="G75" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H75" s="44"/>
+      <c r="I75" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J75" s="44"/>
+      <c r="K75" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L75" s="44"/>
+      <c r="M75" s="42"/>
+      <c r="N75" s="42"/>
+      <c r="O75" s="42"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A76" s="42"/>
+      <c r="B76" s="43"/>
+      <c r="C76" s="43"/>
+      <c r="D76" s="43"/>
+      <c r="E76" s="43"/>
+      <c r="F76" s="43"/>
+      <c r="G76" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H76" s="45"/>
+      <c r="I76" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J76" s="45"/>
+      <c r="K76" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L76" s="45"/>
+      <c r="M76" s="42"/>
+      <c r="N76" s="42"/>
+      <c r="O76" s="42"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A77" s="42"/>
+      <c r="B77" s="43"/>
+      <c r="C77" s="43"/>
+      <c r="D77" s="43"/>
+      <c r="E77" s="43"/>
+      <c r="F77" s="43"/>
+      <c r="G77" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H77" s="44"/>
+      <c r="I77" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J77" s="44"/>
+      <c r="K77" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L77" s="44"/>
+      <c r="M77" s="42"/>
+      <c r="N77" s="42"/>
+      <c r="O77" s="42"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A78" s="42"/>
+      <c r="B78" s="43"/>
+      <c r="C78" s="43"/>
+      <c r="D78" s="43"/>
+      <c r="E78" s="43"/>
+      <c r="F78" s="43"/>
+      <c r="G78" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78" s="45"/>
+      <c r="I78" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J78" s="45"/>
+      <c r="K78" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L78" s="45"/>
+      <c r="M78" s="42"/>
+      <c r="N78" s="42"/>
+      <c r="O78" s="42"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A79" s="42"/>
+      <c r="B79" s="43"/>
+      <c r="C79" s="43"/>
+      <c r="D79" s="43"/>
+      <c r="E79" s="43"/>
+      <c r="F79" s="43"/>
+      <c r="G79" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H79" s="44"/>
+      <c r="I79" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J79" s="44"/>
+      <c r="K79" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L79" s="44"/>
+      <c r="M79" s="42"/>
+      <c r="N79" s="42"/>
+      <c r="O79" s="42"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A80" s="42"/>
+      <c r="B80" s="43"/>
+      <c r="C80" s="43"/>
+      <c r="D80" s="43"/>
+      <c r="E80" s="43"/>
+      <c r="F80" s="43"/>
+      <c r="G80" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H80" s="45"/>
+      <c r="I80" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J80" s="45"/>
+      <c r="K80" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L80" s="45"/>
+      <c r="M80" s="42"/>
+      <c r="N80" s="42"/>
+      <c r="O80" s="42"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A81" s="42"/>
+      <c r="B81" s="43"/>
+      <c r="C81" s="43"/>
+      <c r="D81" s="43"/>
+      <c r="E81" s="43"/>
+      <c r="F81" s="43"/>
+      <c r="G81" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H81" s="44"/>
+      <c r="I81" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J81" s="44"/>
+      <c r="K81" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L81" s="44"/>
+      <c r="M81" s="42"/>
+      <c r="N81" s="42"/>
+      <c r="O81" s="42"/>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A82" s="42"/>
+      <c r="B82" s="43"/>
+      <c r="C82" s="43"/>
+      <c r="D82" s="43"/>
+      <c r="E82" s="43"/>
+      <c r="F82" s="43"/>
+      <c r="G82" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H82" s="45"/>
+      <c r="I82" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J82" s="45"/>
+      <c r="K82" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L82" s="45"/>
+      <c r="M82" s="42"/>
+      <c r="N82" s="42"/>
+      <c r="O82" s="42"/>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A83" s="42"/>
+      <c r="B83" s="43"/>
+      <c r="C83" s="43"/>
+      <c r="D83" s="43"/>
+      <c r="E83" s="43"/>
+      <c r="F83" s="43"/>
+      <c r="G83" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H83" s="44"/>
+      <c r="I83" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J83" s="44"/>
+      <c r="K83" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L83" s="44"/>
+      <c r="M83" s="42"/>
+      <c r="N83" s="42"/>
+      <c r="O83" s="42"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A84" s="42"/>
+      <c r="B84" s="43"/>
+      <c r="C84" s="43"/>
+      <c r="D84" s="43"/>
+      <c r="E84" s="43"/>
+      <c r="F84" s="43"/>
+      <c r="G84" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H84" s="45"/>
+      <c r="I84" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J84" s="45"/>
+      <c r="K84" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L84" s="45"/>
+      <c r="M84" s="42"/>
+      <c r="N84" s="42"/>
+      <c r="O84" s="42"/>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A85" s="42"/>
+      <c r="B85" s="43"/>
+      <c r="C85" s="43"/>
+      <c r="D85" s="43"/>
+      <c r="E85" s="43"/>
+      <c r="F85" s="43"/>
+      <c r="G85" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H85" s="44"/>
+      <c r="I85" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J85" s="44"/>
+      <c r="K85" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L85" s="44"/>
+      <c r="M85" s="42"/>
+      <c r="N85" s="42"/>
+      <c r="O85" s="42"/>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A86" s="42"/>
+      <c r="B86" s="43"/>
+      <c r="C86" s="43"/>
+      <c r="D86" s="43"/>
+      <c r="E86" s="43"/>
+      <c r="F86" s="43"/>
+      <c r="G86" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H86" s="45"/>
+      <c r="I86" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J86" s="45"/>
+      <c r="K86" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L86" s="45"/>
+      <c r="M86" s="42"/>
+      <c r="N86" s="42"/>
+      <c r="O86" s="42"/>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A87" s="42"/>
+      <c r="B87" s="43"/>
+      <c r="C87" s="43"/>
+      <c r="D87" s="43"/>
+      <c r="E87" s="43"/>
+      <c r="F87" s="43"/>
+      <c r="G87" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H87" s="44"/>
+      <c r="I87" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="J87" s="44"/>
+      <c r="K87" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L87" s="44"/>
+      <c r="M87" s="42"/>
+      <c r="N87" s="42"/>
+      <c r="O87" s="42"/>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A88" s="42"/>
+      <c r="B88" s="43"/>
+      <c r="C88" s="43"/>
+      <c r="D88" s="43"/>
+      <c r="E88" s="43"/>
+      <c r="F88" s="43"/>
+      <c r="G88" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H88" s="45"/>
+      <c r="I88" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J88" s="45"/>
+      <c r="K88" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L88" s="45"/>
+      <c r="M88" s="42"/>
+      <c r="N88" s="42"/>
+      <c r="O88" s="42"/>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.4">
+      <c r="A90" s="67" t="s">
         <v>54</v>
       </c>
-      <c r="L58" s="107"/>
-[...711 lines deleted...]
-      <c r="O90" s="94"/>
+      <c r="B90" s="67"/>
+      <c r="C90" s="67"/>
+      <c r="D90" s="67"/>
+      <c r="E90" s="67"/>
+      <c r="F90" s="67"/>
+      <c r="G90" s="67"/>
+      <c r="H90" s="67"/>
+      <c r="I90" s="67"/>
+      <c r="J90" s="67"/>
+      <c r="K90" s="67"/>
+      <c r="L90" s="67"/>
+      <c r="M90" s="67"/>
+      <c r="N90" s="67"/>
+      <c r="O90" s="67"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="J6mDcnZtbJ+iKsBA6GbAcdbhWT39R4E72R7ozXOTQ6wZjvSE5bJhBU6bpnabgy1vgv9qYSwpSDsM8Xi73UjzcA==" saltValue="Ll2ReWQBjYsnOU94OoZx4A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uztaYijJBM/SRvoDJOEDKAP8boCU9fJBPbXwge6uy7HypxVV3T+gyw9BWP26gTTIWB2YVY+DSopaqQAccVbd3w==" saltValue="jQluGXEnxvO1mX2nwmbVug==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="240">
-    <mergeCell ref="A87:A88"/>
-[...190 lines deleted...]
-    <mergeCell ref="G47:L47"/>
+    <mergeCell ref="B19:H19"/>
+    <mergeCell ref="B39:F40"/>
+    <mergeCell ref="B41:F42"/>
+    <mergeCell ref="B29:F30"/>
+    <mergeCell ref="B45:F46"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="B27:O27"/>
+    <mergeCell ref="G29:H30"/>
+    <mergeCell ref="I17:N18"/>
+    <mergeCell ref="I19:N20"/>
+    <mergeCell ref="G43:H44"/>
+    <mergeCell ref="L43:L44"/>
+    <mergeCell ref="B43:F44"/>
+    <mergeCell ref="A29:A46"/>
+    <mergeCell ref="G39:H40"/>
+    <mergeCell ref="L39:L40"/>
+    <mergeCell ref="G41:H42"/>
+    <mergeCell ref="L41:L42"/>
+    <mergeCell ref="G45:H46"/>
+    <mergeCell ref="L45:L46"/>
+    <mergeCell ref="G37:H38"/>
+    <mergeCell ref="L37:L38"/>
+    <mergeCell ref="B31:F32"/>
     <mergeCell ref="A90:O90"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:N7"/>
     <mergeCell ref="B8:N8"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="F6:I6"/>
     <mergeCell ref="L29:L30"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:N5"/>
     <mergeCell ref="C21:H21"/>
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="B23:N23"/>
     <mergeCell ref="B24:N24"/>
     <mergeCell ref="B9:N9"/>
     <mergeCell ref="C10:N10"/>
     <mergeCell ref="B12:N12"/>
     <mergeCell ref="G31:H32"/>
     <mergeCell ref="L31:L32"/>
     <mergeCell ref="G33:H34"/>
     <mergeCell ref="L33:L34"/>
     <mergeCell ref="G35:H36"/>
     <mergeCell ref="L35:L36"/>
     <mergeCell ref="B17:H17"/>
-    <mergeCell ref="B19:H19"/>
-[...22 lines deleted...]
-    <mergeCell ref="B31:F32"/>
+    <mergeCell ref="B33:F34"/>
+    <mergeCell ref="B35:F36"/>
+    <mergeCell ref="B37:F38"/>
+    <mergeCell ref="M47:O47"/>
+    <mergeCell ref="M48:O48"/>
+    <mergeCell ref="A49:O53"/>
+    <mergeCell ref="B54:O54"/>
+    <mergeCell ref="B55:O55"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="I48:L48"/>
+    <mergeCell ref="A47:F48"/>
+    <mergeCell ref="G47:L47"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:F56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="I57:J57"/>
+    <mergeCell ref="K57:L57"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="B57:C58"/>
+    <mergeCell ref="D57:F58"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="I58:J58"/>
+    <mergeCell ref="K58:L58"/>
+    <mergeCell ref="M57:M58"/>
+    <mergeCell ref="N57:O58"/>
+    <mergeCell ref="H56:L56"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="B59:C60"/>
+    <mergeCell ref="D59:F60"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="I59:J59"/>
+    <mergeCell ref="K59:L59"/>
+    <mergeCell ref="M59:M60"/>
+    <mergeCell ref="N59:O60"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="I60:J60"/>
+    <mergeCell ref="K60:L60"/>
+    <mergeCell ref="A61:A62"/>
+    <mergeCell ref="B61:C62"/>
+    <mergeCell ref="D61:F62"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="K61:L61"/>
+    <mergeCell ref="M61:M62"/>
+    <mergeCell ref="N61:O62"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="I62:J62"/>
+    <mergeCell ref="K62:L62"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="B63:C64"/>
+    <mergeCell ref="D63:F64"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="I63:J63"/>
+    <mergeCell ref="K63:L63"/>
+    <mergeCell ref="M63:M64"/>
+    <mergeCell ref="N63:O64"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="K64:L64"/>
+    <mergeCell ref="A65:A66"/>
+    <mergeCell ref="B65:C66"/>
+    <mergeCell ref="D65:F66"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="I65:J65"/>
+    <mergeCell ref="K65:L65"/>
+    <mergeCell ref="M65:M66"/>
+    <mergeCell ref="N65:O66"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="I66:J66"/>
+    <mergeCell ref="K66:L66"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:C68"/>
+    <mergeCell ref="D67:F68"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="I67:J67"/>
+    <mergeCell ref="K67:L67"/>
+    <mergeCell ref="M67:M68"/>
+    <mergeCell ref="N67:O68"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="I68:J68"/>
+    <mergeCell ref="K68:L68"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="B69:C70"/>
+    <mergeCell ref="D69:F70"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="I69:J69"/>
+    <mergeCell ref="K69:L69"/>
+    <mergeCell ref="M69:M70"/>
+    <mergeCell ref="N69:O70"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="I70:J70"/>
+    <mergeCell ref="K70:L70"/>
+    <mergeCell ref="A71:A72"/>
+    <mergeCell ref="B71:C72"/>
+    <mergeCell ref="D71:F72"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="I71:J71"/>
+    <mergeCell ref="K71:L71"/>
+    <mergeCell ref="M71:M72"/>
+    <mergeCell ref="N71:O72"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="I72:J72"/>
+    <mergeCell ref="K72:L72"/>
+    <mergeCell ref="A73:A74"/>
+    <mergeCell ref="B73:C74"/>
+    <mergeCell ref="D73:F74"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="I73:J73"/>
+    <mergeCell ref="K73:L73"/>
+    <mergeCell ref="M73:M74"/>
+    <mergeCell ref="N73:O74"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="I74:J74"/>
+    <mergeCell ref="K74:L74"/>
+    <mergeCell ref="A75:A76"/>
+    <mergeCell ref="B75:C76"/>
+    <mergeCell ref="D75:F76"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="I75:J75"/>
+    <mergeCell ref="K75:L75"/>
+    <mergeCell ref="M75:M76"/>
+    <mergeCell ref="N75:O76"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="I76:J76"/>
+    <mergeCell ref="K76:L76"/>
+    <mergeCell ref="A77:A78"/>
+    <mergeCell ref="B77:C78"/>
+    <mergeCell ref="D77:F78"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="I77:J77"/>
+    <mergeCell ref="K77:L77"/>
+    <mergeCell ref="M77:M78"/>
+    <mergeCell ref="N77:O78"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="I78:J78"/>
+    <mergeCell ref="K78:L78"/>
+    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="B79:C80"/>
+    <mergeCell ref="D79:F80"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="I79:J79"/>
+    <mergeCell ref="K79:L79"/>
+    <mergeCell ref="M79:M80"/>
+    <mergeCell ref="N79:O80"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="I80:J80"/>
+    <mergeCell ref="K80:L80"/>
+    <mergeCell ref="A81:A82"/>
+    <mergeCell ref="B81:C82"/>
+    <mergeCell ref="D81:F82"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="I81:J81"/>
+    <mergeCell ref="K81:L81"/>
+    <mergeCell ref="M81:M82"/>
+    <mergeCell ref="N81:O82"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="I82:J82"/>
+    <mergeCell ref="K82:L82"/>
+    <mergeCell ref="A83:A84"/>
+    <mergeCell ref="B83:C84"/>
+    <mergeCell ref="D83:F84"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="I83:J83"/>
+    <mergeCell ref="K83:L83"/>
+    <mergeCell ref="M83:M84"/>
+    <mergeCell ref="N83:O84"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="I84:J84"/>
+    <mergeCell ref="K84:L84"/>
+    <mergeCell ref="A85:A86"/>
+    <mergeCell ref="B85:C86"/>
+    <mergeCell ref="D85:F86"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="I85:J85"/>
+    <mergeCell ref="K85:L85"/>
+    <mergeCell ref="M85:M86"/>
+    <mergeCell ref="N85:O86"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="I86:J86"/>
+    <mergeCell ref="K86:L86"/>
+    <mergeCell ref="A87:A88"/>
+    <mergeCell ref="B87:C88"/>
+    <mergeCell ref="D87:F88"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="I87:J87"/>
+    <mergeCell ref="K87:L87"/>
+    <mergeCell ref="M87:M88"/>
+    <mergeCell ref="N87:O88"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="I88:J88"/>
+    <mergeCell ref="K88:L88"/>
   </mergeCells>
   <phoneticPr fontId="22"/>
+  <conditionalFormatting sqref="B15">
+    <cfRule type="expression" dxfId="6" priority="5">
+      <formula>$B$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D15">
+    <cfRule type="expression" dxfId="5" priority="4">
+      <formula>$D$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F15">
+    <cfRule type="expression" dxfId="4" priority="3">
+      <formula>$F$15=""</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="F5:I5">
-    <cfRule type="expression" dxfId="6" priority="7">
+    <cfRule type="expression" dxfId="3" priority="7">
       <formula>$F$5=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F6:I6">
-    <cfRule type="expression" dxfId="5" priority="6">
+    <cfRule type="expression" dxfId="2" priority="6">
       <formula>$F$6=""</formula>
-    </cfRule>
-[...13 lines deleted...]
-      <formula>$F$15=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I17:N18">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>$I$17=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19:N20">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$I$19=""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="9">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G57:H57 G65:H65 G67:H67 G59:H59 G61:H61 G63:H63 G69:H69 G71:H71 G73:H73 G81:H81 G83:H83 G75:H75 G77:H77 G79:H79 G85:H85 G87:H87" xr:uid="{D9C20E9B-9F37-4587-8A8E-C000993A1606}">
       <formula1>"常勤,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G58:H58 G66:H66 G68:H68 G60:H60 G62:H62 G64:H64 G70:H70 G72:H72 G74:H74 G82:H82 G84:H84 G76:H76 G78:H78 G80:H80 G86:H86 G88:H88" xr:uid="{A7F56D6A-42CD-43E3-AD0B-63C3A3ACF411}">
       <formula1>"非常勤,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I57:J57 I65:J65 I67:J67 I59:J59 I61:J61 I63:J63 I69:J69 I71:J71 I73:J73 I81:J81 I83:J83 I75:J75 I77:J77 I79:J79 I85:J85 I87:J87" xr:uid="{69B8A192-14F1-4C37-8B06-38C25AE63E59}">
       <formula1>"専従,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I58:J58 I66:J66 I68:J68 I60:J60 I62:J62 I64:J64 I70:J70 I72:J72 I74:J74 I82:J82 I84:J84 I76:J76 I78:J78 I80:J80 I86:J86 I88:J88" xr:uid="{7F74314C-3CB1-463B-B398-19D50EBD2C8A}">
       <formula1>"非専従,　"</formula1>
     </dataValidation>
@@ -7554,83 +7556,75 @@
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>9</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0c0770-334f-4e2e-bc99-03b2387302bf" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab0b6e01c4e6d91c4232f7c21b14e0b1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100211E85E5A3D25E448DB87B120B2E406A" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a4ceb0b7911c712dcb092cd3a6bbedf0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0c0770-334f-4e2e-bc99-03b2387302bf" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8c127418576488476e35fe60990e651a" ns2:_="" ns3:_="">
     <xsd:import namespace="ea0c0770-334f-4e2e-bc99-03b2387302bf"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea0c0770-334f-4e2e-bc99-03b2387302bf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Owner" ma:index="8" nillable="true" ma:displayName="所有者" ma:internalName="Owner">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -7678,50 +7672,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0347f584-7be2-4218-8e94-402d99aedf0b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_Flow_SignoffStatus" ma:index="22" nillable="true" ma:displayName="承認の状態" ma:internalName="_x627f__x8a8d__x306e__x72b6__x614b_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="263dbbe5-076b-4606-a03b-9598f5f2f35a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6545a17e-0171-4d10-ac74-e2c18dd29876}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="263dbbe5-076b-4606-a03b-9598f5f2f35a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -7795,92 +7794,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf" xsi:nil="true"/>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
     <Owner xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea0c0770-334f-4e2e-bc99-03b2387302bf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7322E3CA-8E6B-4A6E-9D44-F0D68BD11443}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23720E6C-C5FA-4C21-97E8-0B71F000597B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75BA26B1-4451-4064-B2DC-E87BD6997930}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="d2dde68b-246c-4baf-84c9-9726bb82b9c2"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="ea0c0770-334f-4e2e-bc99-03b2387302bf"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>